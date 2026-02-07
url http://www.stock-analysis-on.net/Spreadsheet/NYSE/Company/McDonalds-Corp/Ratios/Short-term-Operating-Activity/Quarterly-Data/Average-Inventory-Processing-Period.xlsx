--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -805,60 +805,60 @@
       <c r="I12" s="13">
         <v>2.0</v>
       </c>
       <c r="J12" s="13">
         <v>2.0</v>
       </c>
       <c r="K12" s="13">
         <v>2.0</v>
       </c>
       <c r="L12" s="13">
         <v>2.0</v>
       </c>
       <c r="M12" s="13">
         <v>2.0</v>
       </c>
       <c r="N12" s="13">
         <v>2.0</v>
       </c>
       <c r="O12" s="13">
         <v>2.0</v>
       </c>
       <c r="P12" s="13">
         <v>2.0</v>
       </c>
       <c r="Q12" s="13">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="R12" s="13">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="S12" s="13">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="T12" s="13">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>29.0</v>
       </c>
       <c r="C13" s="13">
         <v>27.0</v>
       </c>
       <c r="D13" s="13">
         <v>24.0</v>
       </c>
       <c r="E13" s="13">
         <v>25.0</v>
       </c>
       <c r="F13" s="13">
         <v>26.0</v>
       </c>
       <c r="G13" s="13">
         <v>24.0</v>
       </c>
       <c r="H13" s="13">