--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -640,51 +640,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="12">
         <v>2.0</v>
       </c>
       <c r="C11" s="12">
         <v>2.0</v>
       </c>
       <c r="D11" s="12">
         <v>2.0</v>
       </c>
       <c r="E11" s="12">
         <v>2.0</v>
       </c>
       <c r="F11" s="12">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
         <v>25.0</v>
       </c>
       <c r="C12" s="12">
         <v>25.0</v>
       </c>
       <c r="D12" s="12">
         <v>33.0</v>
       </c>
       <c r="E12" s="12">
         <v>28.0</v>
       </c>
       <c r="F12" s="12">
         <v>31.0</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="10" t="s">
         <v>10</v>