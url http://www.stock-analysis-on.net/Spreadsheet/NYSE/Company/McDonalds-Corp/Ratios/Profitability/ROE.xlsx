--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -712,51 +712,51 @@
       </c>
       <c r="E13" s="12">
         <v>0.1886</v>
       </c>
       <c r="F13" s="12">
         <v>0.0121</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
         <v>0.4197</v>
       </c>
       <c r="C14" s="12">
         <v>0.4013</v>
       </c>
       <c r="D14" s="12">
         <v>0.3797</v>
       </c>
       <c r="E14" s="12">
         <v>0.2842</v>
       </c>
       <c r="F14" s="12">
-        <v>0.1761</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>0.0158</v>
       </c>
       <c r="C15" s="12">
         <v>-0.082</v>
       </c>
       <c r="D15" s="12">
         <v>-0.2021</v>
       </c>
       <c r="E15" s="12">
         <v>-0.1003</v>
       </c>
       <c r="F15" s="12">
         <v>-0.0981</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>13</v>