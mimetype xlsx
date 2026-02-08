--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -628,106 +628,106 @@
       <c r="B13" s="7">
         <v>56.72</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
         <v>1.86</v>
       </c>
     </row>
     <row r="15" spans="1:3" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="10">
         <v>18.95</v>
       </c>
       <c r="C16" s="10">
-        <v>23.51</v>
+        <v>23.59</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
         <v>7.68</v>
       </c>
       <c r="C17" s="10">
-        <v>20.99</v>
+        <v>21.07</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>0.13</v>
       </c>
       <c r="C18" s="10">
         <v>1.97</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="10">
         <v>13.74</v>
       </c>
       <c r="C19" s="10">
-        <v>18.02</v>
+        <v>18.09</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="10">
         <v>2.33</v>
       </c>
       <c r="C20" s="10">
-        <v>4.37</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="10">
         <v>71.20999999999999</v>
       </c>
       <c r="C21" s="10">
-        <v>7.09</v>
+        <v>7.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>