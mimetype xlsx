--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1087,51 +1087,51 @@
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>45737</v>
       </c>
       <c r="B5" s="6">
         <v>16.22</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0</v>
+        <v>28.23</v>
       </c>
       <c r="D5" s="6">
         <v>12.45</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="5">
         <v>45364</v>
       </c>
       <c r="B6" s="6">
         <v>17.32</v>
       </c>
       <c r="C6" s="6">
         <v>35.4</v>
       </c>
       <c r="D6" s="6">
         <v>12.58</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="5">
         <v>45000</v>
       </c>
       <c r="B7" s="6">
         <v>12.16</v>