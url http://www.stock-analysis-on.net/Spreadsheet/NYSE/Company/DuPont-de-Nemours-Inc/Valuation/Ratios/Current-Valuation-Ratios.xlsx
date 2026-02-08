--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -628,96 +628,96 @@
       <c r="B13" s="7">
         <v>29.09</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="7">
         <v>55.43</v>
       </c>
     </row>
     <row r="15" spans="1:4" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10">
         <v>78.84</v>
       </c>
       <c r="C16" s="10">
-        <v>32.7</v>
+        <v>31.88</v>
       </c>
       <c r="D16" s="10">
-        <v>33.38</v>
+        <v>33.46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="10">
         <v>80.76000000000001</v>
       </c>
       <c r="C17" s="10">
-        <v>31.15</v>
+        <v>30.38</v>
       </c>
       <c r="D17" s="10">
-        <v>22.56</v>
+        <v>22.62</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
         <v>1.83</v>
       </c>
       <c r="C18" s="10">
-        <v>6.5</v>
+        <v>6.34</v>
       </c>
       <c r="D18" s="10">
-        <v>3.87</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
         <v>0.96</v>
       </c>
       <c r="C19" s="10">
-        <v>5.64</v>
+        <v>5.49</v>
       </c>
       <c r="D19" s="10">
-        <v>22.09</v>
+        <v>22.15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="11"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>