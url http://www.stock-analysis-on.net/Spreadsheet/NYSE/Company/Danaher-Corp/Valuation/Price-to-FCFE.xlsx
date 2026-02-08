--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1070,93 +1070,93 @@
       <c r="B18" s="13">
         <v>19.34</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="13">
         <v>14.83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="13">
         <v>57.83</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="13">
-        <v>22.41</v>
+        <v>22.059999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="13">
         <v>41.44</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="13">
-        <v>24.38</v>
+        <v>24.41</v>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="1" ht="28.8">
       <c r="A26" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="13">
-        <v>21.3</v>
+        <v>21.32</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F29" sqref="F29"/>
     </sheetView>
@@ -1457,63 +1457,63 @@
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="13">
         <v>55.28</v>
       </c>
       <c r="C21" s="13">
         <v>3.82</v>
       </c>
       <c r="D21" s="13">
         <v>10.56</v>
       </c>
       <c r="E21" s="13">
         <v>8.88</v>
       </c>
       <c r="F21" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="13">
-        <v>21.27</v>
+        <v>22.02</v>
       </c>
       <c r="C22" s="13">
-        <v>26.52</v>
+        <v>28.02</v>
       </c>
       <c r="D22" s="13">
-        <v>19.29</v>
+        <v>25.12</v>
       </c>
       <c r="E22" s="13">
         <v>10.35</v>
       </c>
       <c r="F22" s="13">
-        <v>13.3</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="13">
         <v>41.23</v>
       </c>
       <c r="C23" s="13">
         <v>31.16</v>
       </c>
       <c r="D23" s="13">
         <v>27.98</v>
       </c>
       <c r="E23" s="13">
         <v>13.44</v>
       </c>
       <c r="F23" s="13">
         <v>18.58</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>36</v>
@@ -1522,82 +1522,82 @@
         <v>0.0</v>
       </c>
       <c r="C24" s="13">
         <v>33.45</v>
       </c>
       <c r="D24" s="13">
         <v>19.91</v>
       </c>
       <c r="E24" s="13">
         <v>26.079999999999998</v>
       </c>
       <c r="F24" s="13">
         <v>18.46</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="13">
-        <v>19.99</v>
+        <v>20.010000000000002</v>
       </c>
       <c r="C26" s="13">
-        <v>16.91</v>
+        <v>16.93</v>
       </c>
       <c r="D26" s="13">
-        <v>19.28</v>
+        <v>19.44</v>
       </c>
       <c r="E26" s="13">
         <v>16.49</v>
       </c>
       <c r="F26" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="13">
-        <v>19.35</v>
+        <v>19.36</v>
       </c>
       <c r="C28" s="13">
-        <v>18.18</v>
+        <v>18.2</v>
       </c>
       <c r="D28" s="13">
-        <v>18.4</v>
+        <v>18.5</v>
       </c>
       <c r="E28" s="13">
         <v>17.94</v>
       </c>
       <c r="F28" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 