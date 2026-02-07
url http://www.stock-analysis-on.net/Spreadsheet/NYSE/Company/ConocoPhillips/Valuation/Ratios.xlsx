--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -728,51 +728,51 @@
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="7">
-        <v>104.98</v>
+        <v>107.62</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="8">
         <v>1235718250.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="9">
         <v>0.0843</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="7">
         <v>7.48</v>
       </c>
@@ -797,163 +797,163 @@
       <c r="A13" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="7">
         <v>44.3</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="7">
         <v>52.44</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="10">
-        <v>14.029999999999999</v>
+        <v>14.38</v>
       </c>
       <c r="C16" s="10">
-        <v>20.43</v>
+        <v>20.62</v>
       </c>
       <c r="D16" s="10">
-        <v>18.29</v>
+        <v>18.66</v>
       </c>
       <c r="E16" s="10">
-        <v>18.27</v>
+        <v>18.58</v>
       </c>
       <c r="F16" s="10">
-        <v>18.15</v>
+        <v>18.47</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10">
-        <v>12.94</v>
+        <v>13.27</v>
       </c>
       <c r="C17" s="10">
-        <v>19.26</v>
+        <v>19.44</v>
       </c>
       <c r="D17" s="10">
-        <v>17.39</v>
+        <v>17.75</v>
       </c>
       <c r="E17" s="10">
-        <v>16.75</v>
+        <v>17.039999999999999</v>
       </c>
       <c r="F17" s="10">
-        <v>16.62</v>
+        <v>16.91</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="10">
-        <v>1.66</v>
+        <v>1.71</v>
       </c>
       <c r="C18" s="10">
-        <v>3.36</v>
+        <v>3.39</v>
       </c>
       <c r="D18" s="10">
-        <v>3.55</v>
+        <v>3.62</v>
       </c>
       <c r="E18" s="10">
-        <v>2.02</v>
+        <v>2.05</v>
       </c>
       <c r="F18" s="10">
-        <v>1.97</v>
+        <v>2.0099999999999998</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="10">
-        <v>8.89</v>
+        <v>9.12</v>
       </c>
       <c r="C19" s="10">
-        <v>12.75</v>
+        <v>12.87</v>
       </c>
       <c r="D19" s="10">
-        <v>12.32</v>
+        <v>12.57</v>
       </c>
       <c r="E19" s="10">
-        <v>11.92</v>
+        <v>12.12</v>
       </c>
       <c r="F19" s="10">
-        <v>11.97</v>
+        <v>12.18</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="10">
-        <v>2.37</v>
+        <v>2.43</v>
       </c>
       <c r="C20" s="10">
-        <v>1.87</v>
+        <v>1.88</v>
       </c>
       <c r="D20" s="10">
-        <v>1.82</v>
+        <v>1.85</v>
       </c>
       <c r="E20" s="10">
-        <v>1.88</v>
+        <v>1.92</v>
       </c>
       <c r="F20" s="10">
-        <v>1.89</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="10">
-        <v>2.0</v>
+        <v>2.05</v>
       </c>
       <c r="C21" s="10">
-        <v>2.37</v>
+        <v>2.39</v>
       </c>
       <c r="D21" s="10">
+        <v>2.38</v>
+      </c>
+      <c r="E21" s="10">
         <v>2.34</v>
       </c>
-      <c r="E21" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="10">
-        <v>2.35</v>
+        <v>2.39</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F9"/>