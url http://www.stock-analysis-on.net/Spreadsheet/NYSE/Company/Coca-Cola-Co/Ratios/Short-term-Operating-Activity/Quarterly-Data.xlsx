--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1634,60 +1634,60 @@
       <c r="I15" s="8">
         <v>1.2</v>
       </c>
       <c r="J15" s="8">
         <v>1.31</v>
       </c>
       <c r="K15" s="8">
         <v>1.25</v>
       </c>
       <c r="L15" s="8">
         <v>1.1</v>
       </c>
       <c r="M15" s="8">
         <v>1.15</v>
       </c>
       <c r="N15" s="8">
         <v>1.54</v>
       </c>
       <c r="O15" s="8">
         <v>1.41</v>
       </c>
       <c r="P15" s="8">
         <v>1.19</v>
       </c>
       <c r="Q15" s="8">
-        <v>1.15</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>1.11</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="12"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
@@ -2148,60 +2148,60 @@
       <c r="I15" s="8">
         <v>10.16</v>
       </c>
       <c r="J15" s="8">
         <v>8.81</v>
       </c>
       <c r="K15" s="8">
         <v>8.07</v>
       </c>
       <c r="L15" s="8">
         <v>8.8</v>
       </c>
       <c r="M15" s="8">
         <v>8.25</v>
       </c>
       <c r="N15" s="8">
         <v>8.21</v>
       </c>
       <c r="O15" s="8">
         <v>8.32</v>
       </c>
       <c r="P15" s="8">
         <v>8.65</v>
       </c>
       <c r="Q15" s="8">
-        <v>10.06</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>9.1</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>8.5</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>8.82</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="12"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
@@ -2792,54 +2792,54 @@
       <c r="K18" s="8">
         <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
-        <v>10.52</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="8">
-        <v>10.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="12"/>
       <c r="I19" s="12"/>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
       <c r="L19" s="12"/>
       <c r="M19" s="12"/>
       <c r="N19" s="12"/>
       <c r="O19" s="12"/>
       <c r="P19" s="12"/>
       <c r="Q19" s="12"/>
       <c r="R19" s="12"/>
       <c r="S19" s="12"/>
       <c r="T19" s="12"/>
@@ -3238,60 +3238,60 @@
       <c r="I14" s="9">
         <v>305.0</v>
       </c>
       <c r="J14" s="9">
         <v>278.0</v>
       </c>
       <c r="K14" s="9">
         <v>291.0</v>
       </c>
       <c r="L14" s="9">
         <v>330.0</v>
       </c>
       <c r="M14" s="9">
         <v>316.0</v>
       </c>
       <c r="N14" s="9">
         <v>237.0</v>
       </c>
       <c r="O14" s="9">
         <v>259.0</v>
       </c>
       <c r="P14" s="9">
         <v>306.0</v>
       </c>
       <c r="Q14" s="9">
-        <v>317.0</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="9">
-        <v>305.0</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="9">
-        <v>330.0</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="9">
-        <v>349.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="12"/>
       <c r="M15" s="12"/>
       <c r="N15" s="12"/>
       <c r="O15" s="12"/>
       <c r="P15" s="12"/>
       <c r="Q15" s="12"/>
       <c r="R15" s="12"/>
       <c r="S15" s="12"/>
       <c r="T15" s="12"/>
@@ -3690,60 +3690,60 @@
       <c r="I13" s="9">
         <v>36.0</v>
       </c>
       <c r="J13" s="9">
         <v>41.0</v>
       </c>
       <c r="K13" s="9">
         <v>45.0</v>
       </c>
       <c r="L13" s="9">
         <v>41.0</v>
       </c>
       <c r="M13" s="9">
         <v>44.0</v>
       </c>
       <c r="N13" s="9">
         <v>44.0</v>
       </c>
       <c r="O13" s="9">
         <v>44.0</v>
       </c>
       <c r="P13" s="9">
         <v>42.0</v>
       </c>
       <c r="Q13" s="9">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="9">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="9">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="9">
-        <v>41.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12"/>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
@@ -4209,60 +4209,60 @@
       <c r="I16" s="9">
         <v>341.0</v>
       </c>
       <c r="J16" s="9">
         <v>319.0</v>
       </c>
       <c r="K16" s="9">
         <v>336.0</v>
       </c>
       <c r="L16" s="9">
         <v>371.0</v>
       </c>
       <c r="M16" s="9">
         <v>360.0</v>
       </c>
       <c r="N16" s="9">
         <v>281.0</v>
       </c>
       <c r="O16" s="9">
         <v>303.0</v>
       </c>
       <c r="P16" s="9">
         <v>348.0</v>
       </c>
       <c r="Q16" s="9">
-        <v>353.0</v>
+        <v>0.0</v>
       </c>
       <c r="R16" s="9">
-        <v>345.0</v>
+        <v>0.0</v>
       </c>
       <c r="S16" s="9">
-        <v>373.0</v>
+        <v>0.0</v>
       </c>
       <c r="T16" s="9">
-        <v>390.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="12"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
       <c r="I17" s="12"/>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="12"/>
       <c r="M17" s="12"/>
       <c r="N17" s="12"/>
       <c r="O17" s="12"/>
       <c r="P17" s="12"/>
       <c r="Q17" s="12"/>
       <c r="R17" s="12"/>
       <c r="S17" s="12"/>
       <c r="T17" s="12"/>