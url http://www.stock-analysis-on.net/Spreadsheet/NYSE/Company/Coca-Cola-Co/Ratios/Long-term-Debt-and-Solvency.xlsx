--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1366,51 +1366,51 @@
       </c>
       <c r="E22" s="7">
         <v>4.85</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="7">
         <v>6.14</v>
       </c>
       <c r="C23" s="7">
         <v>6.92</v>
       </c>
       <c r="D23" s="7">
         <v>12.59</v>
       </c>
       <c r="E23" s="7">
         <v>13.43</v>
       </c>
       <c r="F23" s="7">
-        <v>11.5</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="7">
         <v>6.78</v>
       </c>
       <c r="C25" s="7">
         <v>7.29</v>
       </c>
       <c r="D25" s="7">
         <v>9.14</v>
       </c>
       <c r="E25" s="7">
         <v>7.6</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
@@ -2379,51 +2379,51 @@
       </c>
       <c r="E17" s="7">
         <v>0.72</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="7">
         <v>1.35</v>
       </c>
       <c r="C18" s="7">
         <v>1.31</v>
       </c>
       <c r="D18" s="7">
         <v>1.26</v>
       </c>
       <c r="E18" s="7">
         <v>1.57</v>
       </c>
       <c r="F18" s="7">
-        <v>1.66</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="7">
         <v>0.72</v>
       </c>
       <c r="C20" s="7">
         <v>0.71</v>
       </c>
       <c r="D20" s="7">
         <v>0.71</v>
       </c>
       <c r="E20" s="7">
         <v>0.7</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
@@ -2770,51 +2770,51 @@
       </c>
       <c r="E20" s="7">
         <v>0.73</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="7">
         <v>1.34</v>
       </c>
       <c r="C21" s="7">
         <v>1.3</v>
       </c>
       <c r="D21" s="7">
         <v>1.26</v>
       </c>
       <c r="E21" s="7">
         <v>1.55</v>
       </c>
       <c r="F21" s="7">
-        <v>1.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="7">
         <v>0.73</v>
       </c>
       <c r="C23" s="7">
         <v>0.72</v>
       </c>
       <c r="D23" s="7">
         <v>0.72</v>
       </c>
       <c r="E23" s="7">
         <v>0.7</v>
       </c>
       <c r="F23" s="7">
         <v>0.0</v>
@@ -3081,51 +3081,51 @@
       </c>
       <c r="E17" s="7">
         <v>0.44</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="7">
         <v>0.74</v>
       </c>
       <c r="C18" s="7">
         <v>0.73</v>
       </c>
       <c r="D18" s="7">
         <v>0.7</v>
       </c>
       <c r="E18" s="7">
         <v>0.67</v>
       </c>
       <c r="F18" s="7">
-        <v>0.7</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="7">
         <v>0.46</v>
       </c>
       <c r="C20" s="7">
         <v>0.46</v>
       </c>
       <c r="D20" s="7">
         <v>0.45</v>
       </c>
       <c r="E20" s="7">
         <v>0.44</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
@@ -3452,51 +3452,51 @@
       </c>
       <c r="E20" s="7">
         <v>0.46</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="7">
         <v>0.75</v>
       </c>
       <c r="C21" s="7">
         <v>0.74</v>
       </c>
       <c r="D21" s="7">
         <v>0.71</v>
       </c>
       <c r="E21" s="7">
         <v>0.69</v>
       </c>
       <c r="F21" s="7">
-        <v>0.72</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="7">
         <v>0.48</v>
       </c>
       <c r="C23" s="7">
         <v>0.48</v>
       </c>
       <c r="D23" s="7">
         <v>0.47</v>
       </c>
       <c r="E23" s="7">
         <v>0.46</v>
       </c>
       <c r="F23" s="7">
         <v>0.0</v>
@@ -4014,51 +4014,51 @@
       </c>
       <c r="E16" s="7">
         <v>5.94</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="7">
         <v>6.97</v>
       </c>
       <c r="C17" s="7">
         <v>7.95</v>
       </c>
       <c r="D17" s="7">
         <v>16.33</v>
       </c>
       <c r="E17" s="7">
         <v>17.8</v>
       </c>
       <c r="F17" s="7">
-        <v>16.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="28.8">
       <c r="A18" s="13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="7">
         <v>8.53</v>
       </c>
       <c r="C19" s="7">
         <v>9.23</v>
       </c>
       <c r="D19" s="7">
         <v>12.81</v>
       </c>
       <c r="E19" s="7">
         <v>9.56</v>
       </c>
       <c r="F19" s="7">
         <v>0.0</v>