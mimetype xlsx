--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -572,353 +572,353 @@
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>350545.0</v>
+      </c>
+      <c r="C6" s="7">
         <v>748537.0</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>560609.0</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>384000.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>815374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>607987.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>156466.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>143963.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>115535.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>106880.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>99599.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>104500.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>698591.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>674378.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>734838.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>515136.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>260945.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>343616.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>1205602.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>1566878.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>1410982.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>1006016.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>1175918.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056103.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="7">
+        <v>1188142.0</v>
+      </c>
+      <c r="C11" s="7">
         <v>1168768.0</v>
       </c>
-      <c r="C11" s="7">
+      <c r="D11" s="7">
         <v>1030625.0</v>
       </c>
-      <c r="D11" s="7">
+      <c r="E11" s="7">
         <v>921880.0</v>
       </c>
-      <c r="E11" s="7">
+      <c r="F11" s="7">
         <v>873682.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>822199.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="10">
+        <v>1.01</v>
+      </c>
+      <c r="C13" s="10">
         <v>1.34</v>
       </c>
-      <c r="C13" s="10">
+      <c r="D13" s="10">
         <v>1.37</v>
       </c>
-      <c r="D13" s="10">
+      <c r="E13" s="10">
         <v>1.09</v>
       </c>
-      <c r="E13" s="10">
+      <c r="F13" s="10">
         <v>1.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.28</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="13">
         <v>1.64</v>
       </c>
-      <c r="C16" s="13">
+      <c r="D16" s="13">
         <v>1.62</v>
       </c>
-      <c r="D16" s="13">
+      <c r="E16" s="13">
         <v>1.83</v>
       </c>
-      <c r="E16" s="13">
+      <c r="F16" s="13">
         <v>1.91</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.69</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="13">
         <v>1.24</v>
       </c>
-      <c r="C17" s="13">
+      <c r="D17" s="13">
         <v>1.2</v>
       </c>
-      <c r="D17" s="13">
+      <c r="E17" s="13">
         <v>1.73</v>
       </c>
-      <c r="E17" s="13">
+      <c r="F17" s="13">
         <v>2.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.38</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="13">
         <v>1.41</v>
       </c>
-      <c r="C18" s="13">
+      <c r="D18" s="13">
         <v>1.38</v>
       </c>
-      <c r="D18" s="13">
+      <c r="E18" s="13">
         <v>1.54</v>
       </c>
-      <c r="E18" s="13">
+      <c r="F18" s="13">
         <v>2.33</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.67</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="13">
         <v>0.9</v>
       </c>
-      <c r="C19" s="13">
+      <c r="D19" s="13">
         <v>1.03</v>
       </c>
-      <c r="D19" s="13">
+      <c r="E19" s="13">
         <v>1.24</v>
       </c>
-      <c r="E19" s="13">
+      <c r="F19" s="13">
         <v>1.64</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.9</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
+        <v>0.46</v>
+      </c>
+      <c r="C20" s="13">
         <v>0.52</v>
       </c>
-      <c r="C20" s="13">
+      <c r="D20" s="13">
         <v>0.55</v>
       </c>
-      <c r="D20" s="13">
+      <c r="E20" s="13">
         <v>0.48</v>
       </c>
-      <c r="E20" s="13">
+      <c r="F20" s="13">
         <v>0.93</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.75</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="13">
         <v>1.18</v>
       </c>
-      <c r="C22" s="13">
+      <c r="D22" s="13">
         <v>1.15</v>
       </c>
-      <c r="D22" s="13">
+      <c r="E22" s="13">
         <v>1.31</v>
       </c>
-      <c r="E22" s="13">
+      <c r="F22" s="13">
         <v>1.61</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="13">
         <v>0.91</v>
       </c>
-      <c r="C24" s="13">
+      <c r="D24" s="13">
         <v>0.86</v>
       </c>
-      <c r="D24" s="13">
+      <c r="E24" s="13">
         <v>0.81</v>
       </c>
-      <c r="E24" s="13">
+      <c r="F24" s="13">
         <v>0.93</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>