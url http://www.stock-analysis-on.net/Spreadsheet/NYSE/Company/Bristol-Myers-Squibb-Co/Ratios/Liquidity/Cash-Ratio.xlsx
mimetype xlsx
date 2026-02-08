--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -899,51 +899,51 @@
       </c>
       <c r="E22" s="13">
         <v>0.73</v>
       </c>
       <c r="F22" s="13">
         <v>0.47</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>2.28</v>
       </c>
       <c r="C23" s="13">
         <v>3.17</v>
       </c>
       <c r="D23" s="13">
         <v>2.46</v>
       </c>
       <c r="E23" s="13">
         <v>1.45</v>
       </c>
       <c r="F23" s="13">
-        <v>1.33</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
         <v>0.42</v>
       </c>
       <c r="C24" s="13">
         <v>0.58</v>
       </c>
       <c r="D24" s="13">
         <v>0.5</v>
       </c>
       <c r="E24" s="13">
         <v>0.33</v>
       </c>
       <c r="F24" s="13">
         <v>1.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>21</v>