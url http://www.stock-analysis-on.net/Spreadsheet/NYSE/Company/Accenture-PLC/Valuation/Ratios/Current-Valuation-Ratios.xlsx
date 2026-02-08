--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -652,51 +652,51 @@
         <v>14</v>
       </c>
       <c r="P4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="R4" s="4" t="s">
         <v>17</v>
       </c>
       <c r="S4" s="4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:19" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="7">
-        <v>233.58000000000001</v>
+        <v>240.62</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="8">
         <v>615609112.0</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="9">
         <v>0.165</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="7">
         <v>12.47</v>
       </c>
@@ -721,397 +721,397 @@
       <c r="A13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="7">
         <v>113.18000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="7">
         <v>50.67</v>
       </c>
     </row>
     <row r="15" spans="1:19" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="10">
-        <v>18.73</v>
+        <v>19.29</v>
       </c>
       <c r="C16" s="10">
-        <v>15.51</v>
+        <v>15.45</v>
       </c>
       <c r="D16" s="10">
-        <v>80.27</v>
+        <v>87.010000000000005</v>
       </c>
       <c r="E16" s="10">
-        <v>69.67</v>
+        <v>73.12</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
       <c r="G16" s="10">
-        <v>203.69</v>
+        <v>213.16</v>
       </c>
       <c r="H16" s="10">
-        <v>44.99</v>
+        <v>46.39</v>
       </c>
       <c r="I16" s="10">
-        <v>31.29</v>
+        <v>31.93</v>
       </c>
       <c r="J16" s="10">
-        <v>28.71</v>
+        <v>29.25</v>
       </c>
       <c r="K16" s="10">
-        <v>31.51</v>
+        <v>32.98</v>
       </c>
       <c r="L16" s="10">
-        <v>670.44000000000005</v>
+        <v>700.80999999999995</v>
       </c>
       <c r="M16" s="10">
-        <v>95.14</v>
+        <v>97.93000000000001</v>
       </c>
       <c r="N16" s="10">
-        <v>28.72</v>
+        <v>28.93</v>
       </c>
       <c r="O16" s="10">
-        <v>61.41</v>
+        <v>60.28</v>
       </c>
       <c r="P16" s="10">
-        <v>58.94</v>
+        <v>61.3</v>
       </c>
       <c r="Q16" s="10">
-        <v>79.38</v>
+        <v>81.45999999999999</v>
       </c>
       <c r="R16" s="10">
-        <v>37.75</v>
+        <v>38.71</v>
       </c>
       <c r="S16" s="10">
-        <v>59.27</v>
+        <v>61.72</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="10">
-        <v>16.079999999999998</v>
+        <v>16.56</v>
       </c>
       <c r="C17" s="10">
-        <v>11.3</v>
+        <v>11.26</v>
       </c>
       <c r="D17" s="10">
-        <v>65.66</v>
+        <v>71.17</v>
       </c>
       <c r="E17" s="10">
-        <v>54.98</v>
+        <v>57.71</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
       <c r="G17" s="10">
-        <v>203.66999999999999</v>
+        <v>213.13999999999999</v>
       </c>
       <c r="H17" s="10">
-        <v>44.68</v>
+        <v>46.07</v>
       </c>
       <c r="I17" s="10">
-        <v>27.8</v>
+        <v>28.36</v>
       </c>
       <c r="J17" s="10">
-        <v>22.54</v>
+        <v>22.97</v>
       </c>
       <c r="K17" s="10">
-        <v>11.21</v>
+        <v>11.73</v>
       </c>
       <c r="L17" s="10">
-        <v>808.25999999999999</v>
+        <v>844.88</v>
       </c>
       <c r="M17" s="10">
-        <v>83.060000000000002</v>
+        <v>85.5</v>
       </c>
       <c r="N17" s="10">
-        <v>27.4</v>
+        <v>27.6</v>
       </c>
       <c r="O17" s="10">
-        <v>54.020000000000003</v>
+        <v>53.020000000000003</v>
       </c>
       <c r="P17" s="10">
-        <v>50.78</v>
+        <v>52.82</v>
       </c>
       <c r="Q17" s="10">
-        <v>79.36</v>
+        <v>81.44</v>
       </c>
       <c r="R17" s="10">
-        <v>31.039999999999999</v>
+        <v>31.82</v>
       </c>
       <c r="S17" s="10">
-        <v>47.21</v>
+        <v>49.15</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="10">
-        <v>1.14</v>
+        <v>1.17</v>
       </c>
       <c r="C18" s="10">
-        <v>0.42</v>
+        <v>0.41</v>
       </c>
       <c r="D18" s="10">
-        <v>3.61</v>
+        <v>3.91</v>
       </c>
       <c r="E18" s="10">
-        <v>2.61</v>
+        <v>2.74</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
-        <v>21616.20999999999913</v>
+        <v>22620.7599999999984</v>
       </c>
       <c r="H18" s="10">
-        <v>64.37</v>
+        <v>66.38</v>
       </c>
       <c r="I18" s="10">
-        <v>2.49</v>
+        <v>2.54</v>
       </c>
       <c r="J18" s="10">
-        <v>1.05</v>
+        <v>1.07</v>
       </c>
       <c r="K18" s="10">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
       <c r="L18" s="10">
         <v>0.0</v>
       </c>
       <c r="M18" s="10">
-        <v>6.55</v>
+        <v>6.74</v>
       </c>
       <c r="N18" s="10">
-        <v>5.94</v>
+        <v>5.98</v>
       </c>
       <c r="O18" s="10">
-        <v>4.49</v>
+        <v>4.4</v>
       </c>
       <c r="P18" s="10">
-        <v>3.67</v>
+        <v>3.82</v>
       </c>
       <c r="Q18" s="10">
-        <v>3198.079999999999927</v>
+        <v>3281.88000000000011</v>
       </c>
       <c r="R18" s="10">
-        <v>1.74</v>
+        <v>1.79</v>
       </c>
       <c r="S18" s="10">
-        <v>2.32</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="10">
-        <v>14.06</v>
+        <v>14.49</v>
       </c>
       <c r="C19" s="10">
-        <v>12.7</v>
+        <v>12.65</v>
       </c>
       <c r="D19" s="10">
-        <v>67.69</v>
+        <v>73.37</v>
       </c>
       <c r="E19" s="10">
-        <v>54.44</v>
+        <v>57.13</v>
       </c>
       <c r="F19" s="10">
         <v>0.0</v>
       </c>
       <c r="G19" s="10">
-        <v>689.47000000000003</v>
+        <v>721.50999999999999</v>
       </c>
       <c r="H19" s="10">
-        <v>28.89</v>
+        <v>29.79</v>
       </c>
       <c r="I19" s="10">
-        <v>24.59</v>
+        <v>25.1</v>
       </c>
       <c r="J19" s="10">
-        <v>22.74</v>
+        <v>23.18</v>
       </c>
       <c r="K19" s="10">
-        <v>22.18</v>
+        <v>23.21</v>
       </c>
       <c r="L19" s="10">
-        <v>998.27999999999997</v>
+        <v>1043.50999999999999</v>
       </c>
       <c r="M19" s="10">
-        <v>86.79000000000001</v>
+        <v>89.34</v>
       </c>
       <c r="N19" s="10">
-        <v>24.71</v>
+        <v>24.88</v>
       </c>
       <c r="O19" s="10">
-        <v>58.85</v>
+        <v>57.77</v>
       </c>
       <c r="P19" s="10">
-        <v>85.83</v>
+        <v>89.26000000000001</v>
       </c>
       <c r="Q19" s="10">
-        <v>100.61</v>
+        <v>103.25</v>
       </c>
       <c r="R19" s="10">
-        <v>30.77</v>
+        <v>31.55</v>
       </c>
       <c r="S19" s="10">
-        <v>46.0</v>
+        <v>47.89</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="10">
-        <v>2.06</v>
+        <v>2.13</v>
       </c>
       <c r="C20" s="10">
-        <v>4.65</v>
+        <v>4.64</v>
       </c>
       <c r="D20" s="10">
-        <v>26.93</v>
+        <v>29.19</v>
       </c>
       <c r="E20" s="10">
-        <v>15.84</v>
+        <v>16.63</v>
       </c>
       <c r="F20" s="10">
-        <v>24.050000000000001</v>
+        <v>25.22</v>
       </c>
       <c r="G20" s="10">
-        <v>13.94</v>
+        <v>14.59</v>
       </c>
       <c r="H20" s="10">
-        <v>4.32</v>
+        <v>4.45</v>
       </c>
       <c r="I20" s="10">
-        <v>6.43</v>
+        <v>6.56</v>
       </c>
       <c r="J20" s="10">
-        <v>10.38</v>
+        <v>10.57</v>
       </c>
       <c r="K20" s="10">
-        <v>6.83</v>
+        <v>7.15</v>
       </c>
       <c r="L20" s="10">
-        <v>108.14</v>
+        <v>113.040000000000006</v>
       </c>
       <c r="M20" s="10">
-        <v>11.7</v>
+        <v>12.039999999999999</v>
       </c>
       <c r="N20" s="10">
-        <v>4.7</v>
+        <v>4.73</v>
       </c>
       <c r="O20" s="10">
-        <v>8.08</v>
+        <v>7.94</v>
       </c>
       <c r="P20" s="10">
-        <v>11.13</v>
+        <v>11.58</v>
       </c>
       <c r="Q20" s="10">
-        <v>4.94</v>
+        <v>5.07</v>
       </c>
       <c r="R20" s="10">
-        <v>9.33</v>
+        <v>9.56</v>
       </c>
       <c r="S20" s="10">
-        <v>12.23</v>
+        <v>12.74</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="10">
-        <v>4.61</v>
+        <v>4.75</v>
       </c>
       <c r="C21" s="10">
-        <v>9.51</v>
+        <v>9.48</v>
       </c>
       <c r="D21" s="10">
-        <v>116.36</v>
+        <v>126.12</v>
       </c>
       <c r="E21" s="10">
-        <v>15.73</v>
+        <v>16.51</v>
       </c>
       <c r="F21" s="10">
-        <v>28.99</v>
+        <v>30.4</v>
       </c>
       <c r="G21" s="10">
-        <v>13.79</v>
+        <v>14.43</v>
       </c>
       <c r="H21" s="10">
-        <v>9.92</v>
+        <v>10.23</v>
       </c>
       <c r="I21" s="10">
-        <v>6.14</v>
+        <v>6.27</v>
       </c>
       <c r="J21" s="10">
-        <v>8.51</v>
+        <v>8.67</v>
       </c>
       <c r="K21" s="10">
-        <v>19.17</v>
+        <v>20.059999999999999</v>
       </c>
       <c r="L21" s="10">
-        <v>61.93</v>
+        <v>64.73999999999999</v>
       </c>
       <c r="M21" s="10">
-        <v>13.79</v>
+        <v>14.19</v>
       </c>
       <c r="N21" s="10">
-        <v>2.91</v>
+        <v>2.93</v>
       </c>
       <c r="O21" s="10">
-        <v>8.28</v>
+        <v>8.13</v>
       </c>
       <c r="P21" s="10">
-        <v>2.77</v>
+        <v>2.88</v>
       </c>
       <c r="Q21" s="10">
-        <v>4.62</v>
+        <v>4.74</v>
       </c>
       <c r="R21" s="10">
-        <v>10.83</v>
+        <v>11.1</v>
       </c>
       <c r="S21" s="10">
-        <v>17.4</v>
+        <v>18.12</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
       <c r="O22" s="11"/>
       <c r="P22" s="11"/>
       <c r="Q22" s="11"/>
       <c r="R22" s="11"/>
       <c r="S22" s="11"/>
     </row>