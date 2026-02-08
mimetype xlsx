--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -994,51 +994,51 @@
       </c>
       <c r="E26" s="14">
         <v>0.54</v>
       </c>
       <c r="F26" s="14">
         <v>0.65</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="14">
         <v>0.1</v>
       </c>
       <c r="C27" s="14">
         <v>0.11</v>
       </c>
       <c r="D27" s="14">
         <v>0.12</v>
       </c>
       <c r="E27" s="14">
         <v>0.15</v>
       </c>
       <c r="F27" s="14">
-        <v>0.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="14">
         <v>0.66</v>
       </c>
       <c r="C28" s="14">
         <v>0.78</v>
       </c>
       <c r="D28" s="14">
         <v>0.82</v>
       </c>
       <c r="E28" s="14">
         <v>0.89</v>
       </c>
       <c r="F28" s="14">
         <v>0.65</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="13" t="s">
         <v>25</v>