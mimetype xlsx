--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1181,63 +1181,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="13">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="13">
         <v>45657</v>
       </c>
-      <c r="C6" s="13">
+      <c r="D6" s="13">
         <v>45291</v>
       </c>
-      <c r="D6" s="13">
+      <c r="E6" s="13">
         <v>44926</v>
       </c>
-      <c r="E6" s="13">
+      <c r="F6" s="13">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="14" t="s">
         <v>28</v>
@@ -1327,63 +1327,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="13">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="13">
         <v>45657</v>
       </c>
-      <c r="C6" s="13">
+      <c r="D6" s="13">
         <v>45291</v>
       </c>
-      <c r="D6" s="13">
+      <c r="E6" s="13">
         <v>44926</v>
       </c>
-      <c r="E6" s="13">
+      <c r="F6" s="13">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>34</v>
@@ -1763,63 +1763,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="13">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="13">
         <v>45657</v>
       </c>
-      <c r="C6" s="13">
+      <c r="D6" s="13">
         <v>45291</v>
       </c>
-      <c r="D6" s="13">
+      <c r="E6" s="13">
         <v>44926</v>
       </c>
-      <c r="E6" s="13">
+      <c r="F6" s="13">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>34</v>
@@ -2199,63 +2199,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="13">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="13">
         <v>45657</v>
       </c>
-      <c r="C6" s="13">
+      <c r="D6" s="13">
         <v>45291</v>
       </c>
-      <c r="D6" s="13">
+      <c r="E6" s="13">
         <v>44926</v>
       </c>
-      <c r="E6" s="13">
+      <c r="F6" s="13">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>34</v>
@@ -2635,63 +2635,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="13">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="13">
         <v>45657</v>
       </c>
-      <c r="C6" s="13">
+      <c r="D6" s="13">
         <v>45291</v>
       </c>
-      <c r="D6" s="13">
+      <c r="E6" s="13">
         <v>44926</v>
       </c>
-      <c r="E6" s="13">
+      <c r="F6" s="13">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>34</v>