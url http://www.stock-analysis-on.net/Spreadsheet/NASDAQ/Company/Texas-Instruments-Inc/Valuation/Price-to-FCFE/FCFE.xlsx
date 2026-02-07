--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -521,223 +521,223 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>5001.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>4799.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>6510.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>8749.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>7769.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5595.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>2423.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>1262.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>1009.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>784.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>1152.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>972.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>-271.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>257.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>-1099.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>-813.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>-165.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-428.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8">
+        <v>7153.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>6318.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>6420.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>8720.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>8756.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6139.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>-4550.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>-4820.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>-5071.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>-2797.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>-2462.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-649.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>1199.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>2980.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>3000.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>1494.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>1495.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
+        <v>-750.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>-600.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-500.0</v>
       </c>
       <c r="D12" s="6">
         <v>-500.0</v>
       </c>
       <c r="E12" s="6">
+        <v>-500.0</v>
+      </c>
+      <c r="F12" s="6">
         <v>-550.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-500.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="8">
+        <v>3052.0</v>
+      </c>
+      <c r="C13" s="8">
         <v>3878.0</v>
       </c>
-      <c r="C13" s="8">
+      <c r="D13" s="8">
         <v>3849.0</v>
       </c>
-      <c r="D13" s="8">
+      <c r="E13" s="8">
         <v>6917.0</v>
       </c>
-      <c r="E13" s="8">
+      <c r="F13" s="8">
         <v>7239.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6488.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>