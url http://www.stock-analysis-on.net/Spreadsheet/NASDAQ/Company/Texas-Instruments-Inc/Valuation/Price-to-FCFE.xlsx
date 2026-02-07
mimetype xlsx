--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -651,859 +651,859 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>5001.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>4799.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>6510.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>8749.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>7769.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5595.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>2423.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>1262.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>1009.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>784.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>1152.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>972.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>-271.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>257.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>-1099.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>-813.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>-165.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-428.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8">
+        <v>7153.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>6318.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>6420.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>8720.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>8756.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6139.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>-4550.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>-4820.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>-5071.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>-2797.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>-2462.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-649.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>1199.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>2980.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>3000.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>1494.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>1495.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
+        <v>-750.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>-600.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-500.0</v>
       </c>
       <c r="D12" s="6">
         <v>-500.0</v>
       </c>
       <c r="E12" s="6">
+        <v>-500.0</v>
+      </c>
+      <c r="F12" s="6">
         <v>-550.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-500.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="8">
+        <v>3052.0</v>
+      </c>
+      <c r="C13" s="8">
         <v>3878.0</v>
       </c>
-      <c r="C13" s="8">
+      <c r="D13" s="8">
         <v>3849.0</v>
       </c>
-      <c r="D13" s="8">
+      <c r="E13" s="8">
         <v>6917.0</v>
       </c>
-      <c r="E13" s="8">
+      <c r="F13" s="8">
         <v>7239.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6488.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="6">
-        <v>908623020.0</v>
+        <v>907550774.0</v>
       </c>
     </row>
     <row r="5" spans="1:2" customHeight="1" ht="34.8">
       <c r="A5" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="6">
-        <v>3878.0</v>
+        <v>3052.0</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="13">
-        <v>4.27</v>
+        <v>3.36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="13">
-        <v>223.97999999999999</v>
+        <v>221.44</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="14">
-        <v>52.48</v>
+        <v>65.84999999999999</v>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="1" ht="34.8">
       <c r="A11" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="13">
-        <v>44.77</v>
+        <v>48.48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="13">
-        <v>29.61</v>
+        <v>29.45</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="13">
-        <v>40.24</v>
+        <v>42.69</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="13">
-        <v>61.079999999999998</v>
+        <v>65.48999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="13">
-        <v>58.32</v>
+        <v>63.22</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="13">
-        <v>54.29</v>
+        <v>58.79</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="13">
-        <v>291.38</v>
+        <v>300.36000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="13">
-        <v>70.079999999999998</v>
+        <v>75.59</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="13">
-        <v>11.23</v>
+        <v>11.31</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="13">
-        <v>91.8</v>
+        <v>98.079999999999998</v>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B26" s="13">
-        <v>47.99</v>
+        <v>49.96</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F28" sqref="F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="6">
+        <v>907550774.0</v>
+      </c>
+      <c r="C5" s="6">
         <v>910332971.0</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>909287673.0</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>906205795.0</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>923547062.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>920239191.0</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B7" s="6">
+        <v>3052.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>3878.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>3849.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>6917.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>7239.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6488.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="13">
+        <v>3.36</v>
+      </c>
+      <c r="C8" s="13">
         <v>4.26</v>
       </c>
-      <c r="C8" s="13">
+      <c r="D8" s="13">
         <v>4.23</v>
       </c>
-      <c r="D8" s="13">
+      <c r="E8" s="13">
         <v>7.63</v>
       </c>
-      <c r="E8" s="13">
+      <c r="F8" s="13">
         <v>7.84</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.05</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="13">
+        <v>221.44</v>
+      </c>
+      <c r="C9" s="13">
         <v>183.030000000000001</v>
       </c>
-      <c r="C9" s="13">
+      <c r="D9" s="13">
         <v>159.19999999999999</v>
       </c>
-      <c r="D9" s="13">
+      <c r="E9" s="13">
         <v>182.28999999999999</v>
       </c>
-      <c r="E9" s="13">
+      <c r="F9" s="13">
         <v>171.41999999999999</v>
-      </c>
-[...1 lines deleted...]
-        <v>169.93000000000001</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="14">
+        <v>65.84999999999999</v>
+      </c>
+      <c r="C11" s="14">
         <v>42.96</v>
       </c>
-      <c r="C11" s="14">
+      <c r="D11" s="14">
         <v>37.61</v>
       </c>
-      <c r="D11" s="14">
+      <c r="E11" s="14">
         <v>23.88</v>
       </c>
-      <c r="E11" s="14">
+      <c r="F11" s="14">
         <v>21.87</v>
-      </c>
-[...1 lines deleted...]
-        <v>24.1</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="13">
+        <v>46.56</v>
+      </c>
+      <c r="C14" s="13">
         <v>109.67</v>
       </c>
-      <c r="C14" s="13">
+      <c r="D14" s="13">
         <v>241.69999999999999</v>
       </c>
-      <c r="D14" s="13">
+      <c r="E14" s="13">
         <v>33.46</v>
       </c>
-      <c r="E14" s="13">
+      <c r="F14" s="13">
         <v>44.72</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="13">
+        <v>23.16</v>
+      </c>
+      <c r="C15" s="13">
         <v>29.3</v>
       </c>
-      <c r="C15" s="13">
+      <c r="D15" s="13">
         <v>22.28</v>
       </c>
-      <c r="D15" s="13">
+      <c r="E15" s="13">
         <v>24.14</v>
       </c>
-      <c r="E15" s="13">
+      <c r="F15" s="13">
         <v>34.67</v>
-      </c>
-[...1 lines deleted...]
-        <v>33.98</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="13">
+        <v>34.31</v>
+      </c>
+      <c r="C16" s="13">
         <v>17.050000000000001</v>
       </c>
-      <c r="C16" s="13">
+      <c r="D16" s="13">
         <v>17.53</v>
       </c>
-      <c r="D16" s="13">
+      <c r="E16" s="13">
         <v>19.17</v>
       </c>
-      <c r="E16" s="13">
+      <c r="F16" s="13">
         <v>27.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>23.21</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="13">
+        <v>64.89</v>
+      </c>
+      <c r="C17" s="13">
         <v>26.030000000000001</v>
       </c>
-      <c r="C17" s="13">
+      <c r="D17" s="13">
         <v>30.059999999999999</v>
       </c>
-      <c r="D17" s="13">
+      <c r="E17" s="13">
         <v>14.62</v>
       </c>
-      <c r="E17" s="13">
+      <c r="F17" s="13">
         <v>22.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.16</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="13">
         <v>0.0</v>
       </c>
       <c r="C18" s="13">
         <v>0.0</v>
       </c>
       <c r="D18" s="13">
         <v>0.0</v>
       </c>
       <c r="E18" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="F18" s="13">
         <v>14.25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="13">
+        <v>40.35</v>
+      </c>
+      <c r="C19" s="13">
         <v>25.11</v>
       </c>
-      <c r="C19" s="13">
+      <c r="D19" s="13">
         <v>26.78</v>
       </c>
-      <c r="D19" s="13">
+      <c r="E19" s="13">
         <v>9.0099999999999998</v>
       </c>
-      <c r="E19" s="13">
+      <c r="F19" s="13">
         <v>28.050000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>19.15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="13">
+        <v>26.31</v>
+      </c>
+      <c r="C20" s="13">
         <v>25.89</v>
       </c>
-      <c r="C20" s="13">
+      <c r="D20" s="13">
         <v>18.67</v>
       </c>
-      <c r="D20" s="13">
+      <c r="E20" s="13">
         <v>24.95</v>
       </c>
-      <c r="E20" s="13">
+      <c r="F20" s="13">
         <v>34.58</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.89</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="13">
-        <v>0.0</v>
+        <v>142.55000000000001</v>
       </c>
       <c r="C21" s="13">
         <v>0.0</v>
       </c>
       <c r="D21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="E21" s="13">
         <v>18.66</v>
       </c>
-      <c r="E21" s="13">
+      <c r="F21" s="13">
         <v>37.24</v>
-      </c>
-[...1 lines deleted...]
-        <v>81.70999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="13">
+        <v>53.74</v>
+      </c>
+      <c r="C22" s="13">
         <v>65.45</v>
       </c>
-      <c r="C22" s="13">
+      <c r="D22" s="13">
         <v>151.069999999999993</v>
       </c>
-      <c r="D22" s="13">
+      <c r="E22" s="13">
         <v>54.83</v>
       </c>
-      <c r="E22" s="13">
+      <c r="F22" s="13">
         <v>35.22</v>
-      </c>
-[...1 lines deleted...]
-        <v>44.24</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="13">
+        <v>14.86</v>
+      </c>
+      <c r="C23" s="13">
         <v>18.57</v>
       </c>
-      <c r="C23" s="13">
+      <c r="D23" s="13">
         <v>11.97</v>
       </c>
-      <c r="D23" s="13">
+      <c r="E23" s="13">
         <v>19.13</v>
       </c>
-      <c r="E23" s="13">
+      <c r="F23" s="13">
         <v>17.93</v>
-      </c>
-[...1 lines deleted...]
-        <v>34.91</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B25" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C25" s="13">
         <v>45.81</v>
       </c>
-      <c r="C25" s="13">
+      <c r="D25" s="13">
         <v>47.55</v>
       </c>
-      <c r="D25" s="13">
+      <c r="E25" s="13">
         <v>29.02</v>
       </c>
-      <c r="E25" s="13">
+      <c r="F25" s="13">
         <v>24.87</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B27" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C27" s="13">
         <v>36.63</v>
       </c>
-      <c r="C27" s="13">
+      <c r="D27" s="13">
         <v>33.18</v>
       </c>
-      <c r="D27" s="13">
+      <c r="E27" s="13">
         <v>26.93</v>
       </c>
-      <c r="E27" s="13">
+      <c r="F27" s="13">
         <v>27.31</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="10"/>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="10"/>
       <c r="F28" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>