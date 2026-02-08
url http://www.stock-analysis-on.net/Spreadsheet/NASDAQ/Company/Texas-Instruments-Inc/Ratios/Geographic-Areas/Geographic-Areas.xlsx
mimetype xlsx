--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -513,381 +513,381 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3"/>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>6763.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>5957.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>5814.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>2267.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>1906.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>3781.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>3012.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>3293.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>9844.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>9998.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>1887.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>1681.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>1721.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>2633.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>2187.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>9541.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="6">
+        <v>3747.0</v>
+      </c>
+      <c r="C9" s="6">
         <v>3519.0</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>4642.0</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>3520.0</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>2802.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2249.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6">
+        <v>1173.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>1212.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>1782.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>1172.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>959.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>734.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="6">
+        <v>331.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>260.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>267.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>592.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>492.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>390.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="8">
+        <v>17682.0</v>
+      </c>
+      <c r="C12" s="8">
         <v>15641.0</v>
       </c>
-      <c r="C12" s="8">
+      <c r="D12" s="8">
         <v>17519.0</v>
       </c>
-      <c r="D12" s="8">
+      <c r="E12" s="8">
         <v>20028.0</v>
       </c>
-      <c r="E12" s="8">
+      <c r="F12" s="8">
         <v>18344.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>14461.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="3"/>
       <c r="B20" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C20" s="4">
         <v>45657</v>
       </c>
-      <c r="C20" s="4">
+      <c r="D20" s="4">
         <v>45291</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>44926</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="6">
+        <v>8764.0</v>
+      </c>
+      <c r="C21" s="6">
         <v>8342.0</v>
       </c>
-      <c r="C21" s="6">
+      <c r="D21" s="6">
         <v>7548.0</v>
       </c>
-      <c r="D21" s="6">
+      <c r="E21" s="6">
         <v>5134.0</v>
       </c>
-      <c r="E21" s="6">
+      <c r="F21" s="6">
         <v>3648.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2036.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="6">
+        <v>674.0</v>
+      </c>
+      <c r="C22" s="6">
         <v>737.0</v>
       </c>
-      <c r="C22" s="6">
+      <c r="D22" s="6">
         <v>731.0</v>
       </c>
-      <c r="D22" s="6">
+      <c r="E22" s="6">
         <v>648.0</v>
       </c>
-      <c r="E22" s="6">
+      <c r="F22" s="6">
         <v>570.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="6">
+        <v>2450.0</v>
+      </c>
+      <c r="C23" s="6">
         <v>1877.0</v>
       </c>
-      <c r="C23" s="6">
+      <c r="D23" s="6">
         <v>1433.0</v>
       </c>
-      <c r="D23" s="6">
+      <c r="E23" s="6">
         <v>896.0</v>
       </c>
-      <c r="E23" s="6">
+      <c r="F23" s="6">
         <v>722.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="6">
+        <v>71.0</v>
+      </c>
+      <c r="C24" s="6">
         <v>74.0</v>
       </c>
-      <c r="C24" s="6">
+      <c r="D24" s="6">
         <v>68.0</v>
       </c>
-      <c r="D24" s="6">
+      <c r="E24" s="6">
         <v>44.0</v>
       </c>
-      <c r="E24" s="6">
+      <c r="F24" s="6">
         <v>47.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>52.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="6">
+        <v>327.0</v>
+      </c>
+      <c r="C25" s="6">
         <v>274.0</v>
       </c>
-      <c r="C25" s="6">
+      <c r="D25" s="6">
         <v>169.0</v>
       </c>
-      <c r="D25" s="6">
+      <c r="E25" s="6">
         <v>121.0</v>
       </c>
-      <c r="E25" s="6">
+      <c r="F25" s="6">
         <v>139.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>165.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="6">
+        <v>34.0</v>
+      </c>
+      <c r="C26" s="6">
         <v>43.0</v>
       </c>
-      <c r="C26" s="6">
+      <c r="D26" s="6">
         <v>50.0</v>
       </c>
-      <c r="D26" s="6">
+      <c r="E26" s="6">
         <v>33.0</v>
       </c>
-      <c r="E26" s="6">
+      <c r="F26" s="6">
         <v>15.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="8">
+        <v>12320.0</v>
+      </c>
+      <c r="C27" s="8">
         <v>11347.0</v>
       </c>
-      <c r="C27" s="8">
+      <c r="D27" s="8">
         <v>9999.0</v>
       </c>
-      <c r="D27" s="8">
+      <c r="E27" s="8">
         <v>6876.0</v>
       </c>
-      <c r="E27" s="8">
+      <c r="F27" s="8">
         <v>5141.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3269.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>