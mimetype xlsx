--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -551,801 +551,801 @@
   </sheetPr>
   <dimension ref="A1:F83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F83" sqref="F83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>0.77</v>
+      </c>
+      <c r="C5" s="6">
         <v>0.71</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>0.77</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>0.44</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>0.52</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.76</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>5.61</v>
+      </c>
+      <c r="C6" s="6">
         <v>4.09</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>4.5</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>15.19</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>17.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>0.77</v>
+      </c>
+      <c r="C7" s="6">
         <v>0.9</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>1.2</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>2.94</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>3.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.49</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>52.77</v>
+      </c>
+      <c r="C8" s="6">
         <v>47.55</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>68.26000000000001</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>80.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>59.62</v>
-      </c>
-[...1 lines deleted...]
-        <v>43.25</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="6">
+        <v>3.59</v>
+      </c>
+      <c r="C9" s="6">
         <v>4.42</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>10.54</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>9.69</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>6.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.45</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6">
+        <v>9.74</v>
+      </c>
+      <c r="C10" s="6">
         <v>6.05</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>5.34</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>17.94</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>32.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>35.45</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="3"/>
       <c r="B17" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C17" s="4">
         <v>45657</v>
       </c>
-      <c r="C17" s="4">
+      <c r="D17" s="4">
         <v>45291</v>
       </c>
-      <c r="D17" s="4">
+      <c r="E17" s="4">
         <v>44926</v>
       </c>
-      <c r="E17" s="4">
+      <c r="F17" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="10">
+        <v>6763.0</v>
+      </c>
+      <c r="C19" s="10">
         <v>5957.0</v>
       </c>
-      <c r="C19" s="10">
+      <c r="D19" s="10">
         <v>5814.0</v>
       </c>
-      <c r="D19" s="10">
+      <c r="E19" s="10">
         <v>2267.0</v>
       </c>
-      <c r="E19" s="10">
+      <c r="F19" s="10">
         <v>1906.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="10">
+        <v>8764.0</v>
+      </c>
+      <c r="C20" s="10">
         <v>8342.0</v>
       </c>
-      <c r="C20" s="10">
+      <c r="D20" s="10">
         <v>7548.0</v>
       </c>
-      <c r="D20" s="10">
+      <c r="E20" s="10">
         <v>5134.0</v>
       </c>
-      <c r="E20" s="10">
+      <c r="F20" s="10">
         <v>3648.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2036.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="34.8">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="12">
+        <v>0.77</v>
+      </c>
+      <c r="C22" s="12">
         <v>0.71</v>
       </c>
-      <c r="C22" s="12">
+      <c r="D22" s="12">
         <v>0.77</v>
       </c>
-      <c r="D22" s="12">
+      <c r="E22" s="12">
         <v>0.44</v>
       </c>
-      <c r="E22" s="12">
+      <c r="F22" s="12">
         <v>0.52</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.76</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="3"/>
       <c r="B29" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C29" s="4">
         <v>45657</v>
       </c>
-      <c r="C29" s="4">
+      <c r="D29" s="4">
         <v>45291</v>
       </c>
-      <c r="D29" s="4">
+      <c r="E29" s="4">
         <v>44926</v>
       </c>
-      <c r="E29" s="4">
+      <c r="F29" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="30" spans="1:6" customHeight="1" ht="34.8">
       <c r="A30" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="10">
+        <v>3781.0</v>
+      </c>
+      <c r="C31" s="10">
         <v>3012.0</v>
       </c>
-      <c r="C31" s="10">
+      <c r="D31" s="10">
         <v>3293.0</v>
       </c>
-      <c r="D31" s="10">
+      <c r="E31" s="10">
         <v>9844.0</v>
       </c>
-      <c r="E31" s="10">
+      <c r="F31" s="10">
         <v>9998.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="10">
+        <v>674.0</v>
+      </c>
+      <c r="C32" s="10">
         <v>737.0</v>
       </c>
-      <c r="C32" s="10">
+      <c r="D32" s="10">
         <v>731.0</v>
       </c>
-      <c r="D32" s="10">
+      <c r="E32" s="10">
         <v>648.0</v>
       </c>
-      <c r="E32" s="10">
+      <c r="F32" s="10">
         <v>570.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:6" customHeight="1" ht="34.8">
       <c r="A33" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B34" s="12">
+        <v>5.61</v>
+      </c>
+      <c r="C34" s="12">
         <v>4.09</v>
       </c>
-      <c r="C34" s="12">
+      <c r="D34" s="12">
         <v>4.5</v>
       </c>
-      <c r="D34" s="12">
+      <c r="E34" s="12">
         <v>15.19</v>
       </c>
-      <c r="E34" s="12">
+      <c r="F34" s="12">
         <v>17.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="3"/>
       <c r="B41" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C41" s="4">
         <v>45657</v>
       </c>
-      <c r="C41" s="4">
+      <c r="D41" s="4">
         <v>45291</v>
       </c>
-      <c r="D41" s="4">
+      <c r="E41" s="4">
         <v>44926</v>
       </c>
-      <c r="E41" s="4">
+      <c r="F41" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="42" spans="1:6" customHeight="1" ht="34.8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B43" s="10">
+        <v>1887.0</v>
+      </c>
+      <c r="C43" s="10">
         <v>1681.0</v>
       </c>
-      <c r="C43" s="10">
+      <c r="D43" s="10">
         <v>1721.0</v>
       </c>
-      <c r="D43" s="10">
+      <c r="E43" s="10">
         <v>2633.0</v>
       </c>
-      <c r="E43" s="10">
+      <c r="F43" s="10">
         <v>2187.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>9541.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="10">
+        <v>2450.0</v>
+      </c>
+      <c r="C44" s="10">
         <v>1877.0</v>
       </c>
-      <c r="C44" s="10">
+      <c r="D44" s="10">
         <v>1433.0</v>
       </c>
-      <c r="D44" s="10">
+      <c r="E44" s="10">
         <v>896.0</v>
       </c>
-      <c r="E44" s="10">
+      <c r="F44" s="10">
         <v>722.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005.0</v>
       </c>
     </row>
     <row r="45" spans="1:6" customHeight="1" ht="34.8">
       <c r="A45" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B46" s="12">
+        <v>0.77</v>
+      </c>
+      <c r="C46" s="12">
         <v>0.9</v>
       </c>
-      <c r="C46" s="12">
+      <c r="D46" s="12">
         <v>1.2</v>
       </c>
-      <c r="D46" s="12">
+      <c r="E46" s="12">
         <v>2.94</v>
       </c>
-      <c r="E46" s="12">
+      <c r="F46" s="12">
         <v>3.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.49</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="3"/>
       <c r="B53" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C53" s="4">
         <v>45657</v>
       </c>
-      <c r="C53" s="4">
+      <c r="D53" s="4">
         <v>45291</v>
       </c>
-      <c r="D53" s="4">
+      <c r="E53" s="4">
         <v>44926</v>
       </c>
-      <c r="E53" s="4">
+      <c r="F53" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="54" spans="1:6" customHeight="1" ht="34.8">
       <c r="A54" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="10">
+        <v>3747.0</v>
+      </c>
+      <c r="C55" s="10">
         <v>3519.0</v>
       </c>
-      <c r="C55" s="10">
+      <c r="D55" s="10">
         <v>4642.0</v>
       </c>
-      <c r="D55" s="10">
+      <c r="E55" s="10">
         <v>3520.0</v>
       </c>
-      <c r="E55" s="10">
+      <c r="F55" s="10">
         <v>2802.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2249.0</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B56" s="10">
+        <v>71.0</v>
+      </c>
+      <c r="C56" s="10">
         <v>74.0</v>
       </c>
-      <c r="C56" s="10">
+      <c r="D56" s="10">
         <v>68.0</v>
       </c>
-      <c r="D56" s="10">
+      <c r="E56" s="10">
         <v>44.0</v>
       </c>
-      <c r="E56" s="10">
+      <c r="F56" s="10">
         <v>47.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>52.0</v>
       </c>
     </row>
     <row r="57" spans="1:6" customHeight="1" ht="34.8">
       <c r="A57" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B58" s="12">
+        <v>52.77</v>
+      </c>
+      <c r="C58" s="12">
         <v>47.55</v>
       </c>
-      <c r="C58" s="12">
+      <c r="D58" s="12">
         <v>68.26000000000001</v>
       </c>
-      <c r="D58" s="12">
+      <c r="E58" s="12">
         <v>80.0</v>
       </c>
-      <c r="E58" s="12">
+      <c r="F58" s="12">
         <v>59.62</v>
-      </c>
-[...1 lines deleted...]
-        <v>43.25</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="7"/>
       <c r="C59" s="7"/>
       <c r="D59" s="7"/>
       <c r="E59" s="7"/>
       <c r="F59" s="7"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="3"/>
       <c r="B65" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C65" s="4">
         <v>45657</v>
       </c>
-      <c r="C65" s="4">
+      <c r="D65" s="4">
         <v>45291</v>
       </c>
-      <c r="D65" s="4">
+      <c r="E65" s="4">
         <v>44926</v>
       </c>
-      <c r="E65" s="4">
+      <c r="F65" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="66" spans="1:6" customHeight="1" ht="34.8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B67" s="10">
+        <v>1173.0</v>
+      </c>
+      <c r="C67" s="10">
         <v>1212.0</v>
       </c>
-      <c r="C67" s="10">
+      <c r="D67" s="10">
         <v>1782.0</v>
       </c>
-      <c r="D67" s="10">
+      <c r="E67" s="10">
         <v>1172.0</v>
       </c>
-      <c r="E67" s="10">
+      <c r="F67" s="10">
         <v>959.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>734.0</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B68" s="10">
+        <v>327.0</v>
+      </c>
+      <c r="C68" s="10">
         <v>274.0</v>
       </c>
-      <c r="C68" s="10">
+      <c r="D68" s="10">
         <v>169.0</v>
       </c>
-      <c r="D68" s="10">
+      <c r="E68" s="10">
         <v>121.0</v>
       </c>
-      <c r="E68" s="10">
+      <c r="F68" s="10">
         <v>139.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>165.0</v>
       </c>
     </row>
     <row r="69" spans="1:6" customHeight="1" ht="34.8">
       <c r="A69" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B70" s="12">
+        <v>3.59</v>
+      </c>
+      <c r="C70" s="12">
         <v>4.42</v>
       </c>
-      <c r="C70" s="12">
+      <c r="D70" s="12">
         <v>10.54</v>
       </c>
-      <c r="D70" s="12">
+      <c r="E70" s="12">
         <v>9.69</v>
       </c>
-      <c r="E70" s="12">
+      <c r="F70" s="12">
         <v>6.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.45</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B71" s="7"/>
       <c r="C71" s="7"/>
       <c r="D71" s="7"/>
       <c r="E71" s="7"/>
       <c r="F71" s="7"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="3"/>
       <c r="B77" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C77" s="4">
         <v>45657</v>
       </c>
-      <c r="C77" s="4">
+      <c r="D77" s="4">
         <v>45291</v>
       </c>
-      <c r="D77" s="4">
+      <c r="E77" s="4">
         <v>44926</v>
       </c>
-      <c r="E77" s="4">
+      <c r="F77" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="78" spans="1:6" customHeight="1" ht="34.8">
       <c r="A78" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="10">
+        <v>331.0</v>
+      </c>
+      <c r="C79" s="10">
         <v>260.0</v>
       </c>
-      <c r="C79" s="10">
+      <c r="D79" s="10">
         <v>267.0</v>
       </c>
-      <c r="D79" s="10">
+      <c r="E79" s="10">
         <v>592.0</v>
       </c>
-      <c r="E79" s="10">
+      <c r="F79" s="10">
         <v>492.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>390.0</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B80" s="10">
+        <v>34.0</v>
+      </c>
+      <c r="C80" s="10">
         <v>43.0</v>
       </c>
-      <c r="C80" s="10">
+      <c r="D80" s="10">
         <v>50.0</v>
       </c>
-      <c r="D80" s="10">
+      <c r="E80" s="10">
         <v>33.0</v>
       </c>
-      <c r="E80" s="10">
+      <c r="F80" s="10">
         <v>15.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.0</v>
       </c>
     </row>
     <row r="81" spans="1:6" customHeight="1" ht="34.8">
       <c r="A81" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B82" s="12">
+        <v>9.74</v>
+      </c>
+      <c r="C82" s="12">
         <v>6.05</v>
       </c>
-      <c r="C82" s="12">
+      <c r="D82" s="12">
         <v>5.34</v>
       </c>
-      <c r="D82" s="12">
+      <c r="E82" s="12">
         <v>17.94</v>
       </c>
-      <c r="E82" s="12">
+      <c r="F82" s="12">
         <v>32.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>35.45</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="7"/>
       <c r="E83" s="7"/>
       <c r="F83" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>