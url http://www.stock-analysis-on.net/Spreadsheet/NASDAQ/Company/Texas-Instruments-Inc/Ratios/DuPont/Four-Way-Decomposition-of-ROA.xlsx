--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -541,131 +541,131 @@
       </c>
       <c r="D6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>