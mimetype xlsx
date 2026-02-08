--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -518,526 +518,472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X20"/>
+  <dimension ref="A1:U20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X20" sqref="X20"/>
+      <selection activeCell="U20" sqref="U20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:24">
+    <row r="2" spans="1:21">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:24">
+    <row r="6" spans="1:21">
       <c r="A6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45930</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45838</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>45747</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>45657</v>
       </c>
-      <c r="F6" s="5">
+      <c r="G6" s="5">
         <v>45565</v>
       </c>
-      <c r="G6" s="5">
+      <c r="H6" s="5">
         <v>45473</v>
       </c>
-      <c r="H6" s="5">
+      <c r="I6" s="5">
         <v>45382</v>
       </c>
-      <c r="I6" s="5">
+      <c r="J6" s="5">
         <v>45291</v>
       </c>
-      <c r="J6" s="5">
+      <c r="K6" s="5">
         <v>45199</v>
       </c>
-      <c r="K6" s="5">
+      <c r="L6" s="5">
         <v>45107</v>
       </c>
-      <c r="L6" s="5">
+      <c r="M6" s="5">
         <v>45016</v>
       </c>
-      <c r="M6" s="5">
+      <c r="N6" s="5">
         <v>44926</v>
       </c>
-      <c r="N6" s="5">
+      <c r="O6" s="5">
         <v>44834</v>
       </c>
-      <c r="O6" s="5">
+      <c r="P6" s="5">
         <v>44742</v>
       </c>
-      <c r="P6" s="5">
+      <c r="Q6" s="5">
         <v>44651</v>
       </c>
-      <c r="Q6" s="5">
+      <c r="R6" s="5">
         <v>44561</v>
       </c>
-      <c r="R6" s="5">
+      <c r="S6" s="5">
         <v>44469</v>
       </c>
-      <c r="S6" s="5">
+      <c r="T6" s="5">
         <v>44377</v>
       </c>
-      <c r="T6" s="5">
+      <c r="U6" s="5">
         <v>44286</v>
       </c>
-      <c r="U6" s="5">
-[...12 lines deleted...]
-    <row r="7" spans="1:24">
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7">
+        <v>4423.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>4742.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>4448.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>4069.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>4007.0</v>
       </c>
-      <c r="F7" s="7">
+      <c r="G7" s="7">
         <v>4151.0</v>
       </c>
-      <c r="G7" s="7">
+      <c r="H7" s="7">
         <v>3822.0</v>
       </c>
-      <c r="H7" s="7">
+      <c r="I7" s="7">
         <v>3661.0</v>
       </c>
-      <c r="I7" s="7">
+      <c r="J7" s="7">
         <v>4077.0</v>
       </c>
-      <c r="J7" s="7">
+      <c r="K7" s="7">
         <v>4532.0</v>
       </c>
-      <c r="K7" s="7">
+      <c r="L7" s="7">
         <v>4531.0</v>
       </c>
-      <c r="L7" s="7">
+      <c r="M7" s="7">
         <v>4379.0</v>
       </c>
-      <c r="M7" s="7">
+      <c r="N7" s="7">
         <v>4670.0</v>
       </c>
-      <c r="N7" s="7">
+      <c r="O7" s="7">
         <v>5241.0</v>
       </c>
-      <c r="O7" s="7">
+      <c r="P7" s="7">
         <v>5212.0</v>
       </c>
-      <c r="P7" s="7">
+      <c r="Q7" s="7">
         <v>4905.0</v>
       </c>
-      <c r="Q7" s="7">
+      <c r="R7" s="7">
         <v>4832.0</v>
       </c>
-      <c r="R7" s="7">
+      <c r="S7" s="7">
         <v>4643.0</v>
       </c>
-      <c r="S7" s="7">
+      <c r="T7" s="7">
         <v>4580.0</v>
       </c>
-      <c r="T7" s="7">
+      <c r="U7" s="7">
         <v>4289.0</v>
       </c>
-      <c r="U7" s="7">
-[...12 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="7">
+        <v>-1951.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>-2019.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>-1873.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>-1756.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>-1693.0</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>-1677.0</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>-1611.0</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>-1566.0</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>-1646.0</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>-1717.0</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>-1621.0</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>-1516.0</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>-1583.0</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>-1624.0</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>-1587.0</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>-1463.0</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>-1482.0</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>-1491.0</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>-1503.0</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>-1492.0</v>
       </c>
-      <c r="U8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9">
+        <v>2472.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>2723.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>2575.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>2313.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>2314.0</v>
       </c>
-      <c r="F9" s="9">
+      <c r="G9" s="9">
         <v>2474.0</v>
       </c>
-      <c r="G9" s="9">
+      <c r="H9" s="9">
         <v>2211.0</v>
       </c>
-      <c r="H9" s="9">
+      <c r="I9" s="9">
         <v>2095.0</v>
       </c>
-      <c r="I9" s="9">
+      <c r="J9" s="9">
         <v>2431.0</v>
       </c>
-      <c r="J9" s="9">
+      <c r="K9" s="9">
         <v>2815.0</v>
       </c>
-      <c r="K9" s="9">
+      <c r="L9" s="9">
         <v>2910.0</v>
       </c>
-      <c r="L9" s="9">
+      <c r="M9" s="9">
         <v>2863.0</v>
       </c>
-      <c r="M9" s="9">
+      <c r="N9" s="9">
         <v>3087.0</v>
       </c>
-      <c r="N9" s="9">
+      <c r="O9" s="9">
         <v>3617.0</v>
       </c>
-      <c r="O9" s="9">
+      <c r="P9" s="9">
         <v>3625.0</v>
       </c>
-      <c r="P9" s="9">
+      <c r="Q9" s="9">
         <v>3442.0</v>
       </c>
-      <c r="Q9" s="9">
+      <c r="R9" s="9">
         <v>3350.0</v>
       </c>
-      <c r="R9" s="9">
+      <c r="S9" s="9">
         <v>3152.0</v>
       </c>
-      <c r="S9" s="9">
+      <c r="T9" s="9">
         <v>3077.0</v>
       </c>
-      <c r="T9" s="9">
+      <c r="U9" s="9">
         <v>2797.0</v>
       </c>
-      <c r="U9" s="9">
-[...12 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="7">
+        <v>-521.0</v>
+      </c>
+      <c r="C10" s="7">
         <v>-518.0</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>-527.0</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>-517.0</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>-491.0</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>-492.0</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>-498.0</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>-478.0</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>-460.0</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>-471.0</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>-477.0</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>-455.0</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>-434.0</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>-431.0</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>-414.0</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>-391.0</v>
       </c>
-      <c r="Q10" s="7">
+      <c r="R10" s="7">
         <v>-389.0</v>
       </c>
-      <c r="R10" s="7">
+      <c r="S10" s="7">
         <v>-388.0</v>
       </c>
-      <c r="S10" s="7">
+      <c r="T10" s="7">
         <v>-391.0</v>
       </c>
-      <c r="T10" s="7">
+      <c r="U10" s="7">
         <v>-386.0</v>
       </c>
-      <c r="U10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
+        <v>-446.0</v>
+      </c>
+      <c r="C11" s="7">
         <v>-457.0</v>
       </c>
-      <c r="C11" s="7">
+      <c r="D11" s="7">
         <v>-485.0</v>
       </c>
-      <c r="D11" s="7">
+      <c r="E11" s="7">
         <v>-472.0</v>
       </c>
-      <c r="E11" s="7">
+      <c r="F11" s="7">
         <v>-446.0</v>
       </c>
-      <c r="F11" s="7">
+      <c r="G11" s="7">
         <v>-428.0</v>
       </c>
-      <c r="G11" s="7">
+      <c r="H11" s="7">
         <v>-465.0</v>
       </c>
-      <c r="H11" s="7">
+      <c r="I11" s="7">
         <v>-455.0</v>
       </c>
-      <c r="I11" s="7">
+      <c r="J11" s="7">
         <v>-438.0</v>
       </c>
-      <c r="J11" s="7">
+      <c r="K11" s="7">
         <v>-452.0</v>
       </c>
-      <c r="K11" s="7">
+      <c r="L11" s="7">
         <v>-461.0</v>
       </c>
-      <c r="L11" s="7">
+      <c r="M11" s="7">
         <v>-474.0</v>
       </c>
-      <c r="M11" s="7">
+      <c r="N11" s="7">
         <v>-429.0</v>
       </c>
-      <c r="N11" s="7">
+      <c r="O11" s="7">
         <v>-431.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-422.0</v>
       </c>
       <c r="P11" s="7">
         <v>-422.0</v>
       </c>
       <c r="Q11" s="7">
+        <v>-422.0</v>
+      </c>
+      <c r="R11" s="7">
         <v>-404.0</v>
       </c>
-      <c r="R11" s="7">
+      <c r="S11" s="7">
         <v>-412.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-425.0</v>
       </c>
       <c r="T11" s="7">
         <v>-425.0</v>
       </c>
       <c r="U11" s="7">
-        <v>-398.0</v>
-[...11 lines deleted...]
-    <row r="12" spans="1:24">
+        <v>-425.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="7">
         <v>0.0</v>
       </c>
       <c r="C12" s="7">
         <v>0.0</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
       <c r="H12" s="7">
         <v>0.0</v>
       </c>
       <c r="I12" s="7">
@@ -1046,616 +992,541 @@
       <c r="J12" s="7">
         <v>0.0</v>
       </c>
       <c r="K12" s="7">
         <v>0.0</v>
       </c>
       <c r="L12" s="7">
         <v>0.0</v>
       </c>
       <c r="M12" s="7">
         <v>0.0</v>
       </c>
       <c r="N12" s="7">
         <v>0.0</v>
       </c>
       <c r="O12" s="7">
         <v>0.0</v>
       </c>
       <c r="P12" s="7">
         <v>0.0</v>
       </c>
       <c r="Q12" s="7">
         <v>0.0</v>
       </c>
       <c r="R12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S12" s="7">
         <v>-47.0</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>-48.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-47.0</v>
       </c>
       <c r="U12" s="7">
         <v>-47.0</v>
       </c>
-      <c r="V12" s="7">
-[...9 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7">
+        <v>-32.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>-85.0</v>
       </c>
-      <c r="C13" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
       <c r="G13" s="7">
         <v>0.0</v>
       </c>
       <c r="H13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="7">
         <v>124.0</v>
       </c>
-      <c r="I13" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="J13" s="7">
         <v>0.0</v>
       </c>
       <c r="K13" s="7">
         <v>0.0</v>
       </c>
       <c r="L13" s="7">
         <v>0.0</v>
       </c>
       <c r="M13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N13" s="7">
         <v>-48.0</v>
       </c>
-      <c r="N13" s="7">
+      <c r="O13" s="7">
         <v>-77.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-66.0</v>
       </c>
       <c r="P13" s="7">
         <v>-66.0</v>
       </c>
       <c r="Q13" s="7">
+        <v>-66.0</v>
+      </c>
+      <c r="R13" s="7">
         <v>-54.0</v>
       </c>
-      <c r="R13" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7">
         <v>0.0</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
-      <c r="V13" s="7">
-[...9 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="9">
+        <v>1473.0</v>
+      </c>
+      <c r="C14" s="9">
         <v>1663.0</v>
       </c>
-      <c r="C14" s="9">
+      <c r="D14" s="9">
         <v>1563.0</v>
       </c>
-      <c r="D14" s="9">
+      <c r="E14" s="9">
         <v>1324.0</v>
       </c>
-      <c r="E14" s="9">
+      <c r="F14" s="9">
         <v>1377.0</v>
       </c>
-      <c r="F14" s="9">
+      <c r="G14" s="9">
         <v>1554.0</v>
       </c>
-      <c r="G14" s="9">
+      <c r="H14" s="9">
         <v>1248.0</v>
       </c>
-      <c r="H14" s="9">
+      <c r="I14" s="9">
         <v>1286.0</v>
       </c>
-      <c r="I14" s="9">
+      <c r="J14" s="9">
         <v>1533.0</v>
       </c>
-      <c r="J14" s="9">
+      <c r="K14" s="9">
         <v>1892.0</v>
       </c>
-      <c r="K14" s="9">
+      <c r="L14" s="9">
         <v>1972.0</v>
       </c>
-      <c r="L14" s="9">
+      <c r="M14" s="9">
         <v>1934.0</v>
       </c>
-      <c r="M14" s="9">
+      <c r="N14" s="9">
         <v>2176.0</v>
       </c>
-      <c r="N14" s="9">
+      <c r="O14" s="9">
         <v>2678.0</v>
       </c>
-      <c r="O14" s="9">
+      <c r="P14" s="9">
         <v>2723.0</v>
       </c>
-      <c r="P14" s="9">
+      <c r="Q14" s="9">
         <v>2563.0</v>
       </c>
-      <c r="Q14" s="9">
+      <c r="R14" s="9">
         <v>2503.0</v>
       </c>
-      <c r="R14" s="9">
+      <c r="S14" s="9">
         <v>2305.0</v>
       </c>
-      <c r="S14" s="9">
+      <c r="T14" s="9">
         <v>2213.0</v>
       </c>
-      <c r="T14" s="9">
+      <c r="U14" s="9">
         <v>1939.0</v>
       </c>
-      <c r="U14" s="9">
-[...12 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>62.0</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>48.0</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>80.0</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>112.0</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>131.0</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>130.0</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>123.0</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>113.0</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>128.0</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>119.0</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>80.0</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>51.0</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>33.0</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>7.0</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>15.0</v>
       </c>
-      <c r="Q15" s="7">
+      <c r="R15" s="7">
         <v>9.0</v>
       </c>
-      <c r="R15" s="7">
+      <c r="S15" s="7">
         <v>15.0</v>
       </c>
-      <c r="S15" s="7">
+      <c r="T15" s="7">
         <v>73.0</v>
       </c>
-      <c r="T15" s="7">
+      <c r="U15" s="7">
         <v>46.0</v>
       </c>
-      <c r="U15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="7">
         <v>-141.0</v>
       </c>
       <c r="C16" s="7">
+        <v>-141.0</v>
+      </c>
+      <c r="D16" s="7">
         <v>-133.0</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>-128.0</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>-130.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-131.0</v>
       </c>
       <c r="G16" s="7">
         <v>-131.0</v>
       </c>
       <c r="H16" s="7">
+        <v>-131.0</v>
+      </c>
+      <c r="I16" s="7">
         <v>-116.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-98.0</v>
       </c>
       <c r="J16" s="7">
         <v>-98.0</v>
       </c>
       <c r="K16" s="7">
+        <v>-98.0</v>
+      </c>
+      <c r="L16" s="7">
         <v>-89.0</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>-68.0</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>-60.0</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>-53.0</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>-49.0</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>-52.0</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>-49.0</v>
       </c>
-      <c r="R16" s="7">
+      <c r="S16" s="7">
         <v>-45.0</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>-44.0</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>-46.0</v>
       </c>
-      <c r="U16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:24">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="9">
+        <v>1372.0</v>
+      </c>
+      <c r="C17" s="9">
         <v>1584.0</v>
       </c>
-      <c r="C17" s="9">
+      <c r="D17" s="9">
         <v>1478.0</v>
       </c>
-      <c r="D17" s="9">
+      <c r="E17" s="9">
         <v>1276.0</v>
       </c>
-      <c r="E17" s="9">
+      <c r="F17" s="9">
         <v>1359.0</v>
       </c>
-      <c r="F17" s="9">
+      <c r="G17" s="9">
         <v>1554.0</v>
       </c>
-      <c r="G17" s="9">
+      <c r="H17" s="9">
         <v>1247.0</v>
       </c>
-      <c r="H17" s="9">
+      <c r="I17" s="9">
         <v>1293.0</v>
       </c>
-      <c r="I17" s="9">
+      <c r="J17" s="9">
         <v>1548.0</v>
       </c>
-      <c r="J17" s="9">
+      <c r="K17" s="9">
         <v>1922.0</v>
       </c>
-      <c r="K17" s="9">
+      <c r="L17" s="9">
         <v>2002.0</v>
       </c>
-      <c r="L17" s="9">
+      <c r="M17" s="9">
         <v>1946.0</v>
       </c>
-      <c r="M17" s="9">
+      <c r="N17" s="9">
         <v>2167.0</v>
       </c>
-      <c r="N17" s="9">
+      <c r="O17" s="9">
         <v>2658.0</v>
       </c>
-      <c r="O17" s="9">
+      <c r="P17" s="9">
         <v>2681.0</v>
       </c>
-      <c r="P17" s="9">
+      <c r="Q17" s="9">
         <v>2526.0</v>
       </c>
-      <c r="Q17" s="9">
+      <c r="R17" s="9">
         <v>2463.0</v>
       </c>
-      <c r="R17" s="9">
+      <c r="S17" s="9">
         <v>2275.0</v>
       </c>
-      <c r="S17" s="9">
+      <c r="T17" s="9">
         <v>2242.0</v>
       </c>
-      <c r="T17" s="9">
+      <c r="U17" s="9">
         <v>1939.0</v>
       </c>
-      <c r="U17" s="9">
-[...12 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7">
+        <v>-209.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>-220.0</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>-183.0</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>-97.0</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>-154.0</v>
       </c>
-      <c r="F18" s="7">
+      <c r="G18" s="7">
         <v>-192.0</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H18" s="7">
         <v>-120.0</v>
       </c>
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>-188.0</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>-177.0</v>
       </c>
-      <c r="J18" s="7">
+      <c r="K18" s="7">
         <v>-213.0</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7">
         <v>-280.0</v>
       </c>
-      <c r="L18" s="7">
+      <c r="M18" s="7">
         <v>-238.0</v>
       </c>
-      <c r="M18" s="7">
+      <c r="N18" s="7">
         <v>-205.0</v>
       </c>
-      <c r="N18" s="7">
+      <c r="O18" s="7">
         <v>-363.0</v>
       </c>
-      <c r="O18" s="7">
+      <c r="P18" s="7">
         <v>-390.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-325.0</v>
       </c>
       <c r="Q18" s="7">
         <v>-325.0</v>
       </c>
       <c r="R18" s="7">
+        <v>-325.0</v>
+      </c>
+      <c r="S18" s="7">
         <v>-328.0</v>
       </c>
-      <c r="S18" s="7">
+      <c r="T18" s="7">
         <v>-311.0</v>
       </c>
-      <c r="T18" s="7">
+      <c r="U18" s="7">
         <v>-186.0</v>
       </c>
-      <c r="U18" s="7">
-[...12 lines deleted...]
-    <row r="19" spans="1:24">
+    </row>
+    <row r="19" spans="1:21">
       <c r="A19" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="9">
+        <v>1163.0</v>
+      </c>
+      <c r="C19" s="9">
         <v>1364.0</v>
       </c>
-      <c r="C19" s="9">
+      <c r="D19" s="9">
         <v>1295.0</v>
       </c>
-      <c r="D19" s="9">
+      <c r="E19" s="9">
         <v>1179.0</v>
       </c>
-      <c r="E19" s="9">
+      <c r="F19" s="9">
         <v>1205.0</v>
       </c>
-      <c r="F19" s="9">
+      <c r="G19" s="9">
         <v>1362.0</v>
       </c>
-      <c r="G19" s="9">
+      <c r="H19" s="9">
         <v>1127.0</v>
       </c>
-      <c r="H19" s="9">
+      <c r="I19" s="9">
         <v>1105.0</v>
       </c>
-      <c r="I19" s="9">
+      <c r="J19" s="9">
         <v>1371.0</v>
       </c>
-      <c r="J19" s="9">
+      <c r="K19" s="9">
         <v>1709.0</v>
       </c>
-      <c r="K19" s="9">
+      <c r="L19" s="9">
         <v>1722.0</v>
       </c>
-      <c r="L19" s="9">
+      <c r="M19" s="9">
         <v>1708.0</v>
       </c>
-      <c r="M19" s="9">
+      <c r="N19" s="9">
         <v>1962.0</v>
       </c>
-      <c r="N19" s="9">
+      <c r="O19" s="9">
         <v>2295.0</v>
       </c>
-      <c r="O19" s="9">
+      <c r="P19" s="9">
         <v>2291.0</v>
       </c>
-      <c r="P19" s="9">
+      <c r="Q19" s="9">
         <v>2201.0</v>
       </c>
-      <c r="Q19" s="9">
+      <c r="R19" s="9">
         <v>2138.0</v>
       </c>
-      <c r="R19" s="9">
+      <c r="S19" s="9">
         <v>1947.0</v>
       </c>
-      <c r="S19" s="9">
+      <c r="T19" s="9">
         <v>1931.0</v>
       </c>
-      <c r="T19" s="9">
+      <c r="U19" s="9">
         <v>1753.0</v>
       </c>
-      <c r="U19" s="9">
-[...12 lines deleted...]
-    <row r="20" spans="1:24">
+    </row>
+    <row r="20" spans="1:21">
       <c r="A20" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="11"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
       <c r="G20" s="11"/>
       <c r="H20" s="11"/>
       <c r="I20" s="11"/>
       <c r="J20" s="11"/>
       <c r="K20" s="11"/>
       <c r="L20" s="11"/>
       <c r="M20" s="11"/>
       <c r="N20" s="11"/>
       <c r="O20" s="11"/>
       <c r="P20" s="11"/>
       <c r="Q20" s="11"/>
       <c r="R20" s="11"/>
       <c r="S20" s="11"/>
       <c r="T20" s="11"/>
       <c r="U20" s="11"/>
-      <c r="V20" s="11"/>
-[...1 lines deleted...]
-      <c r="X20" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">