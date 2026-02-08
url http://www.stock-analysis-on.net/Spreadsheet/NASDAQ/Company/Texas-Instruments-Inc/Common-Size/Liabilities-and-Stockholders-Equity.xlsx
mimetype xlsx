--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -559,483 +559,483 @@
   </sheetPr>
   <dimension ref="A1:F27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F27" sqref="F27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>0.0145</v>
+      </c>
+      <c r="C5" s="6">
         <v>0.0211</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>0.0185</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>0.0184</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>0.0203</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0284</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>0.0219</v>
+      </c>
+      <c r="C6" s="6">
         <v>0.0231</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>0.0248</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>0.0313</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>0.0231</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0214</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>0.024</v>
+      </c>
+      <c r="C7" s="6">
         <v>0.0236</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>0.0258</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>0.0294</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>0.0314</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0396</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>0.0019</v>
+      </c>
+      <c r="C8" s="6">
         <v>0.0045</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>0.0053</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>0.0069</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>0.0049</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0069</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="6">
+        <v>0.0087</v>
+      </c>
+      <c r="C9" s="6">
         <v>0.0099</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>0.0105</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>0.007</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="F9" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6">
         <v>0.0204</v>
       </c>
       <c r="C10" s="6">
+        <v>0.0204</v>
+      </c>
+      <c r="D10" s="6">
         <v>0.0176</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>0.0167</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>0.0244</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0271</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="9">
+        <v>0.0291</v>
+      </c>
+      <c r="C11" s="9">
         <v>0.0303</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D11" s="9">
         <v>0.0282</v>
       </c>
-      <c r="D11" s="9">
+      <c r="E11" s="9">
         <v>0.0237</v>
       </c>
-      <c r="E11" s="9">
+      <c r="F11" s="9">
         <v>0.0244</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0271</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="9">
-        <v>0.1026</v>
+        <v>0.0913</v>
       </c>
       <c r="C12" s="9">
         <v>0.1026</v>
       </c>
       <c r="D12" s="9">
+        <v>0.1026</v>
+      </c>
+      <c r="E12" s="9">
         <v>0.1097</v>
       </c>
-      <c r="E12" s="9">
+      <c r="F12" s="9">
         <v>0.1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1235</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="6">
+        <v>0.3917</v>
+      </c>
+      <c r="C13" s="6">
         <v>0.3618</v>
       </c>
-      <c r="C13" s="6">
+      <c r="D13" s="6">
         <v>0.3284</v>
       </c>
-      <c r="D13" s="6">
+      <c r="E13" s="6">
         <v>0.3027</v>
       </c>
-      <c r="E13" s="6">
+      <c r="F13" s="6">
         <v>0.2934</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3229</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="6">
+        <v>0.0036</v>
+      </c>
+      <c r="C14" s="6">
         <v>0.0031</v>
       </c>
-      <c r="C14" s="6">
+      <c r="D14" s="6">
         <v>0.0033</v>
       </c>
-      <c r="D14" s="6">
+      <c r="E14" s="6">
         <v>0.0043</v>
       </c>
-      <c r="E14" s="6">
+      <c r="F14" s="6">
         <v>0.0032</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0068</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="6">
+        <v>0.0019</v>
+      </c>
+      <c r="C15" s="6">
         <v>0.0015</v>
       </c>
-      <c r="C15" s="6">
+      <c r="D15" s="6">
         <v>0.0019</v>
       </c>
-      <c r="D15" s="6">
+      <c r="E15" s="6">
         <v>0.0024</v>
       </c>
-      <c r="E15" s="6">
+      <c r="F15" s="6">
         <v>0.0035</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0047</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="6">
+        <v>0.0409</v>
+      </c>
+      <c r="C16" s="6">
         <v>0.055</v>
       </c>
-      <c r="C16" s="6">
+      <c r="D16" s="6">
         <v>0.0413</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E16" s="6">
         <v>0.0451</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F16" s="6">
         <v>0.0554</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0674</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
+        <v>0.4381</v>
+      </c>
+      <c r="C17" s="9">
         <v>0.4214</v>
       </c>
-      <c r="C17" s="9">
+      <c r="D17" s="9">
         <v>0.375</v>
       </c>
-      <c r="D17" s="9">
+      <c r="E17" s="9">
         <v>0.3545</v>
       </c>
-      <c r="E17" s="9">
+      <c r="F17" s="9">
         <v>0.3556</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4017</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="9">
+        <v>0.5295</v>
+      </c>
+      <c r="C18" s="9">
         <v>0.524</v>
       </c>
-      <c r="C18" s="9">
+      <c r="D18" s="9">
         <v>0.4776</v>
       </c>
-      <c r="D18" s="9">
+      <c r="E18" s="9">
         <v>0.4642</v>
       </c>
-      <c r="E18" s="9">
+      <c r="F18" s="9">
         <v>0.4597</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.5252</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="6">
         <v>0.0</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6">
         <v>0.0</v>
       </c>
       <c r="E19" s="6">
         <v>0.0</v>
       </c>
       <c r="F19" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="6">
+        <v>0.0503</v>
+      </c>
+      <c r="C20" s="6">
         <v>0.049</v>
       </c>
-      <c r="C20" s="6">
+      <c r="D20" s="6">
         <v>0.0538</v>
       </c>
-      <c r="D20" s="6">
+      <c r="E20" s="6">
         <v>0.064</v>
       </c>
-      <c r="E20" s="6">
+      <c r="F20" s="6">
         <v>0.0706</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="6">
+        <v>0.1304</v>
+      </c>
+      <c r="C21" s="6">
         <v>0.1108</v>
       </c>
-      <c r="C21" s="6">
+      <c r="D21" s="6">
         <v>0.1039</v>
       </c>
-      <c r="D21" s="6">
+      <c r="E21" s="6">
         <v>0.1085</v>
       </c>
-      <c r="E21" s="6">
+      <c r="F21" s="6">
         <v>0.1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1206</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="6">
+        <v>1.5104</v>
+      </c>
+      <c r="C22" s="6">
         <v>1.4718</v>
       </c>
-      <c r="C22" s="6">
+      <c r="D22" s="6">
         <v>1.6163</v>
       </c>
-      <c r="D22" s="6">
+      <c r="E22" s="6">
         <v>1.8507</v>
       </c>
-      <c r="E22" s="6">
+      <c r="F22" s="6">
         <v>1.8609</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.1731</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="6">
+        <v>-1.2182</v>
+      </c>
+      <c r="C23" s="6">
         <v>-1.1517</v>
       </c>
-      <c r="C23" s="6">
+      <c r="D23" s="6">
         <v>-1.2453</v>
       </c>
-      <c r="D23" s="6">
+      <c r="E23" s="6">
         <v>-1.4781</v>
       </c>
-      <c r="E23" s="6">
+      <c r="F23" s="6">
         <v>-1.4913</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1.8902</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="6">
+        <v>-0.0025</v>
+      </c>
+      <c r="C24" s="6">
         <v>-0.0039</v>
       </c>
-      <c r="C24" s="6">
+      <c r="D24" s="6">
         <v>-0.0063</v>
       </c>
-      <c r="D24" s="6">
+      <c r="E24" s="6">
         <v>-0.0093</v>
       </c>
-      <c r="E24" s="6">
+      <c r="F24" s="6">
         <v>-0.0064</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.0186</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="9">
+        <v>0.4705</v>
+      </c>
+      <c r="C25" s="9">
         <v>0.476</v>
       </c>
-      <c r="C25" s="9">
+      <c r="D25" s="9">
         <v>0.5224</v>
       </c>
-      <c r="D25" s="9">
+      <c r="E25" s="9">
         <v>0.5358</v>
       </c>
-      <c r="E25" s="9">
+      <c r="F25" s="9">
         <v>0.5403</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4748</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="9">
         <v>1.0</v>
       </c>
       <c r="C26" s="9">
         <v>1.0</v>
       </c>
       <c r="D26" s="9">
         <v>1.0</v>
       </c>
       <c r="E26" s="9">
         <v>1.0</v>
       </c>
       <c r="F26" s="9">
         <v>1.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>24</v>