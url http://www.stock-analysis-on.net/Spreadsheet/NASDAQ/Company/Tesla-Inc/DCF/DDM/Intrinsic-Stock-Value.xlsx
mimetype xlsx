--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -636,51 +636,51 @@
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
         <v>0.0</v>
       </c>
       <c r="D11" s="5">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="8">
-        <v>397.20999999999998</v>
+        <v>411.11000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>