--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -773,66 +773,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>21.8</v>
       </c>
       <c r="D15" s="9">
         <v>22.85</v>
       </c>
       <c r="E15" s="9">
         <v>17.91</v>
       </c>
       <c r="F15" s="9">
         <v>40.46</v>
       </c>
       <c r="G15" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>26.87</v>
       </c>
       <c r="C16" s="9">
         <v>40.67</v>
       </c>
       <c r="D16" s="9">
         <v>46.13</v>
       </c>
       <c r="E16" s="9">
         <v>38.25</v>
       </c>
       <c r="F16" s="9">
         <v>54.38</v>
       </c>
       <c r="G16" s="9">
-        <v>149.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>0.0</v>
       </c>
       <c r="D17" s="9">
         <v>0.0</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
       <c r="G17" s="9">
         <v>0.0</v>
       </c>
     </row>