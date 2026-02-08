--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -730,51 +730,51 @@
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="7">
-        <v>96.069999999999993</v>
+        <v>99.45</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="8">
         <v>1139300000.0</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="7">
         <v>1.63</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7">
         <v>2.58</v>
       </c>
@@ -783,130 +783,130 @@
       <c r="A11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="7">
         <v>32.64</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
         <v>-7.11</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="9">
-        <v>58.96</v>
+        <v>61.030000000000001</v>
       </c>
       <c r="C14" s="9">
-        <v>28.19</v>
+        <v>28.4</v>
       </c>
       <c r="D14" s="9">
-        <v>24.35</v>
+        <v>24.43</v>
       </c>
       <c r="E14" s="9">
-        <v>33.14</v>
+        <v>33.41</v>
       </c>
       <c r="F14" s="9">
-        <v>644.25999999999999</v>
+        <v>639.38</v>
       </c>
       <c r="G14" s="9">
-        <v>28.02</v>
+        <v>28.33</v>
       </c>
       <c r="H14" s="9">
-        <v>31.02</v>
+        <v>31.35</v>
       </c>
       <c r="I14" s="9">
-        <v>40.46</v>
+        <v>40.049999999999997</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="9">
-        <v>37.27</v>
+        <v>38.58</v>
       </c>
       <c r="C15" s="9">
-        <v>29.24</v>
+        <v>29.46</v>
       </c>
       <c r="D15" s="9">
-        <v>18.96</v>
+        <v>19.02</v>
       </c>
       <c r="E15" s="9">
-        <v>26.53</v>
+        <v>26.5</v>
       </c>
       <c r="F15" s="9">
         <v>0.0</v>
       </c>
       <c r="G15" s="9">
-        <v>19.67</v>
+        <v>19.89</v>
       </c>
       <c r="H15" s="9">
-        <v>23.63</v>
+        <v>23.88</v>
       </c>
       <c r="I15" s="9">
-        <v>32.36</v>
+        <v>32.030000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="9">
-        <v>2.94</v>
+        <v>3.05</v>
       </c>
       <c r="C16" s="9">
-        <v>6.72</v>
+        <v>6.77</v>
       </c>
       <c r="D16" s="9">
-        <v>6.03</v>
+        <v>6.05</v>
       </c>
       <c r="E16" s="9">
-        <v>4.49</v>
+        <v>4.3</v>
       </c>
       <c r="F16" s="9">
-        <v>7.39</v>
+        <v>7.33</v>
       </c>
       <c r="G16" s="9">
-        <v>8.89</v>
+        <v>8.99</v>
       </c>
       <c r="H16" s="9">
-        <v>5.78</v>
+        <v>5.84</v>
       </c>
       <c r="I16" s="9">
-        <v>3.55</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
       <c r="E17" s="10"/>
       <c r="F17" s="10"/>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
       <c r="I17" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -1275,66 +1275,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>28.0</v>
       </c>
       <c r="D15" s="9">
         <v>31.09</v>
       </c>
       <c r="E15" s="9">
         <v>29.87</v>
       </c>
       <c r="F15" s="9">
         <v>86.68000000000001</v>
       </c>
       <c r="G15" s="9">
         <v>1696.44000000000005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>33.86</v>
       </c>
       <c r="C16" s="9">
         <v>50.81</v>
       </c>
       <c r="D16" s="9">
         <v>58.48</v>
       </c>
       <c r="E16" s="9">
         <v>49.37</v>
       </c>
       <c r="F16" s="9">
         <v>67.030000000000001</v>
       </c>
       <c r="G16" s="9">
-        <v>122.18000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>728.77999999999997</v>
       </c>
       <c r="D17" s="9">
         <v>0.0</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
       <c r="G17" s="9">
         <v>0.0</v>
       </c>
     </row>
@@ -1646,66 +1646,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>21.8</v>
       </c>
       <c r="D15" s="9">
         <v>22.85</v>
       </c>
       <c r="E15" s="9">
         <v>17.91</v>
       </c>
       <c r="F15" s="9">
         <v>40.46</v>
       </c>
       <c r="G15" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>26.87</v>
       </c>
       <c r="C16" s="9">
         <v>40.67</v>
       </c>
       <c r="D16" s="9">
         <v>46.13</v>
       </c>
       <c r="E16" s="9">
         <v>38.25</v>
       </c>
       <c r="F16" s="9">
         <v>54.38</v>
       </c>
       <c r="G16" s="9">
-        <v>149.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>0.0</v>
       </c>
       <c r="D17" s="9">
         <v>0.0</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
       <c r="G17" s="9">
         <v>0.0</v>
       </c>
     </row>
@@ -2017,66 +2017,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>6.94</v>
       </c>
       <c r="D15" s="9">
         <v>6.24</v>
       </c>
       <c r="E15" s="9">
         <v>5.35</v>
       </c>
       <c r="F15" s="9">
         <v>9.22</v>
       </c>
       <c r="G15" s="9">
         <v>14.73</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>4.36</v>
       </c>
       <c r="C16" s="9">
         <v>6.89</v>
       </c>
       <c r="D16" s="9">
         <v>7.28</v>
       </c>
       <c r="E16" s="9">
         <v>5.14</v>
       </c>
       <c r="F16" s="9">
         <v>5.8</v>
       </c>
       <c r="G16" s="9">
-        <v>7.26</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>8.36</v>
       </c>
       <c r="D17" s="9">
         <v>5.4</v>
       </c>
       <c r="E17" s="9">
         <v>3.23</v>
       </c>
       <c r="F17" s="9">
         <v>7.3</v>
       </c>
       <c r="G17" s="9">
         <v>16.87</v>
       </c>
     </row>
@@ -2388,66 +2388,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>0.0</v>
       </c>
       <c r="D15" s="9">
         <v>0.0</v>
       </c>
       <c r="E15" s="9">
         <v>32.84</v>
       </c>
       <c r="F15" s="9">
         <v>16.35</v>
       </c>
       <c r="G15" s="9">
         <v>20.46</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>18.37</v>
       </c>
       <c r="C16" s="9">
         <v>21.32</v>
       </c>
       <c r="D16" s="9">
         <v>23.47</v>
       </c>
       <c r="E16" s="9">
         <v>18.74</v>
       </c>
       <c r="F16" s="9">
         <v>19.050000000000001</v>
       </c>
       <c r="G16" s="9">
-        <v>21.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>11.49</v>
       </c>
       <c r="D17" s="9">
         <v>6.85</v>
       </c>
       <c r="E17" s="9">
         <v>3.15</v>
       </c>
       <c r="F17" s="9">
         <v>7.65</v>
       </c>
       <c r="G17" s="9">
         <v>10.36</v>
       </c>
     </row>