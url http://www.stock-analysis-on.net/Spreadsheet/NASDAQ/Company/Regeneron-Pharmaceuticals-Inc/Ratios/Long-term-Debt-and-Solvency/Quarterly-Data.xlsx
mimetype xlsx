--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -22,92 +22,89 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ratios (Summary)" sheetId="1" r:id="rId4"/>
     <sheet name="Debt to Equity" sheetId="2" r:id="rId5"/>
     <sheet name="Debt to Capital" sheetId="3" r:id="rId6"/>
     <sheet name="Debt to Assets" sheetId="4" r:id="rId7"/>
     <sheet name="Financial Leverage" sheetId="5" r:id="rId8"/>
     <sheet name="Interest Coverage" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Regeneron Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t>Solvency Ratios</t>
   </si>
   <si>
     <t>Quarterly Data</t>
   </si>
   <si>
     <t>Debt Ratios</t>
   </si>
   <si>
     <t>Debt to equity</t>
   </si>
   <si>
     <t>Debt to capital</t>
   </si>
   <si>
     <t>Debt to assets</t>
   </si>
   <si>
     <t>Financial leverage</t>
   </si>
   <si>
     <t>Coverage Ratios</t>
   </si>
   <si>
     <t>Interest coverage</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NASDAQ/Company/Regeneron-Pharmaceuticals-Inc/Ratios/Long-term-Debt-and-Solvency/Quarterly-Data</t>
   </si>
   <si>
     <t>Debt to Equity</t>
   </si>
   <si>
     <t>Selected Financial Data (US$ in thousands</t>
-  </si>
-[...1 lines deleted...]
-    <t>Debt</t>
   </si>
   <si>
     <t>Finance lease liabilities, current portion</t>
   </si>
   <si>
     <t>Long-term debt</t>
   </si>
   <si>
     <t>Finance lease liabilities, excluding current portion</t>
   </si>
   <si>
     <t>Total debt</t>
   </si>
   <si>
     <t>Stockholders’ equity</t>
   </si>
   <si>
     <t>Solvency Ratio</t>
   </si>
   <si>
     <t>Benchmarks</t>
   </si>
   <si>
     <t>Debt to Equity, Competitors</t>
   </si>
@@ -666,584 +663,518 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T13"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T13" sqref="T13"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
         <v>0.09</v>
       </c>
       <c r="C7" s="8">
         <v>0.09</v>
       </c>
       <c r="D7" s="8">
         <v>0.09</v>
       </c>
       <c r="E7" s="8">
         <v>0.09</v>
       </c>
       <c r="F7" s="8">
         <v>0.09</v>
       </c>
       <c r="G7" s="8">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="H7" s="8">
         <v>0.1</v>
       </c>
       <c r="I7" s="8">
         <v>0.1</v>
       </c>
       <c r="J7" s="8">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="K7" s="8">
         <v>0.11</v>
       </c>
       <c r="L7" s="8">
         <v>0.11</v>
       </c>
       <c r="M7" s="8">
+        <v>0.11</v>
+      </c>
+      <c r="N7" s="8">
         <v>0.12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.13</v>
       </c>
       <c r="O7" s="8">
         <v>0.13</v>
       </c>
       <c r="P7" s="8">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="Q7" s="8">
         <v>0.14</v>
       </c>
-      <c r="R7" s="8">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
         <v>0.08</v>
       </c>
       <c r="C8" s="8">
         <v>0.08</v>
       </c>
       <c r="D8" s="8">
         <v>0.08</v>
       </c>
       <c r="E8" s="8">
         <v>0.08</v>
       </c>
       <c r="F8" s="8">
         <v>0.08</v>
       </c>
       <c r="G8" s="8">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="H8" s="8">
         <v>0.09</v>
       </c>
       <c r="I8" s="8">
         <v>0.09</v>
       </c>
       <c r="J8" s="8">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="K8" s="8">
         <v>0.1</v>
       </c>
       <c r="L8" s="8">
         <v>0.1</v>
       </c>
       <c r="M8" s="8">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="N8" s="8">
         <v>0.11</v>
       </c>
       <c r="O8" s="8">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="P8" s="8">
         <v>0.12</v>
       </c>
       <c r="Q8" s="8">
-        <v>0.13</v>
-[...11 lines deleted...]
-    <row r="9" spans="1:20">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
         <v>0.07</v>
       </c>
       <c r="C9" s="8">
         <v>0.07</v>
       </c>
       <c r="D9" s="8">
         <v>0.07</v>
       </c>
       <c r="E9" s="8">
         <v>0.07</v>
       </c>
       <c r="F9" s="8">
         <v>0.07</v>
       </c>
       <c r="G9" s="8">
         <v>0.07</v>
       </c>
       <c r="H9" s="8">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
       <c r="I9" s="8">
         <v>0.08</v>
       </c>
       <c r="J9" s="8">
         <v>0.08</v>
       </c>
       <c r="K9" s="8">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="L9" s="8">
         <v>0.09</v>
       </c>
       <c r="M9" s="8">
         <v>0.09</v>
       </c>
       <c r="N9" s="8">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="O9" s="8">
         <v>0.1</v>
       </c>
       <c r="P9" s="8">
         <v>0.1</v>
       </c>
       <c r="Q9" s="8">
-        <v>0.11</v>
-[...11 lines deleted...]
-    <row r="10" spans="1:20">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8">
         <v>1.3</v>
       </c>
       <c r="C10" s="8">
-        <v>1.28</v>
+        <v>1.3</v>
       </c>
       <c r="D10" s="8">
         <v>1.28</v>
       </c>
       <c r="E10" s="8">
+        <v>1.28</v>
+      </c>
+      <c r="F10" s="8">
         <v>1.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.28</v>
       </c>
       <c r="G10" s="8">
         <v>1.28</v>
       </c>
       <c r="H10" s="8">
-        <v>1.27</v>
+        <v>1.28</v>
       </c>
       <c r="I10" s="8">
         <v>1.27</v>
       </c>
       <c r="J10" s="8">
+        <v>1.27</v>
+      </c>
+      <c r="K10" s="8">
         <v>1.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.28</v>
       </c>
       <c r="L10" s="8">
         <v>1.28</v>
       </c>
       <c r="M10" s="8">
-        <v>1.29</v>
+        <v>1.28</v>
       </c>
       <c r="N10" s="8">
         <v>1.29</v>
       </c>
       <c r="O10" s="8">
-        <v>1.32</v>
+        <v>1.29</v>
       </c>
       <c r="P10" s="8">
         <v>1.32</v>
       </c>
       <c r="Q10" s="8">
-        <v>1.36</v>
-[...11 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="8">
+        <v>120.42</v>
+      </c>
+      <c r="C12" s="8">
         <v>123.20999999999999</v>
       </c>
-      <c r="C12" s="8">
+      <c r="D12" s="8">
         <v>134.19</v>
       </c>
-      <c r="D12" s="8">
+      <c r="E12" s="8">
         <v>105.27</v>
       </c>
-      <c r="E12" s="8">
+      <c r="F12" s="8">
         <v>87.59</v>
       </c>
-      <c r="F12" s="8">
+      <c r="G12" s="8">
         <v>79.88</v>
       </c>
-      <c r="G12" s="8">
+      <c r="H12" s="8">
         <v>69.47</v>
       </c>
-      <c r="H12" s="8">
+      <c r="I12" s="8">
         <v>57.85</v>
       </c>
-      <c r="I12" s="8">
+      <c r="J12" s="8">
         <v>58.52</v>
       </c>
-      <c r="J12" s="8">
+      <c r="K12" s="8">
         <v>61.7</v>
       </c>
-      <c r="K12" s="8">
+      <c r="L12" s="8">
         <v>69.61</v>
       </c>
-      <c r="L12" s="8">
+      <c r="M12" s="8">
         <v>73.97</v>
       </c>
-      <c r="M12" s="8">
+      <c r="N12" s="8">
         <v>82.8</v>
       </c>
-      <c r="N12" s="8">
+      <c r="O12" s="8">
         <v>108.62</v>
       </c>
-      <c r="O12" s="8">
+      <c r="P12" s="8">
         <v>116.34999999999999</v>
       </c>
-      <c r="P12" s="8">
+      <c r="Q12" s="8">
         <v>163.24000000000001</v>
       </c>
-      <c r="Q12" s="8">
-[...12 lines deleted...]
-    <row r="13" spans="1:20">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="9"/>
       <c r="N13" s="9"/>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
-      <c r="R13" s="9"/>
-[...1 lines deleted...]
-      <c r="T13" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:Q28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T29" sqref="T29"/>
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="10">
         <v>0.0</v>
       </c>
       <c r="C7" s="10">
         <v>0.0</v>
       </c>
       <c r="D7" s="10">
         <v>0.0</v>
       </c>
       <c r="E7" s="10">
         <v>0.0</v>
       </c>
       <c r="F7" s="10">
         <v>0.0</v>
       </c>
       <c r="G7" s="10">
         <v>0.0</v>
       </c>
       <c r="H7" s="10">
         <v>0.0</v>
       </c>
       <c r="I7" s="10">
@@ -1251,1257 +1182,1030 @@
       </c>
       <c r="J7" s="10">
         <v>0.0</v>
       </c>
       <c r="K7" s="10">
         <v>0.0</v>
       </c>
       <c r="L7" s="10">
         <v>0.0</v>
       </c>
       <c r="M7" s="10">
         <v>0.0</v>
       </c>
       <c r="N7" s="10">
         <v>0.0</v>
       </c>
       <c r="O7" s="10">
         <v>0.0</v>
       </c>
       <c r="P7" s="10">
         <v>0.0</v>
       </c>
       <c r="Q7" s="10">
         <v>0.0</v>
       </c>
-      <c r="R7" s="10">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="10">
-        <v>0.0</v>
+        <v>1985900.0</v>
       </c>
       <c r="C8" s="10">
-        <v>0.0</v>
+        <v>1985500.0</v>
       </c>
       <c r="D8" s="10">
-        <v>0.0</v>
+        <v>1985100.0</v>
       </c>
       <c r="E8" s="10">
-        <v>0.0</v>
+        <v>1984800.0</v>
       </c>
       <c r="F8" s="10">
-        <v>0.0</v>
+        <v>1984400.0</v>
       </c>
       <c r="G8" s="10">
-        <v>0.0</v>
+        <v>1984000.0</v>
       </c>
       <c r="H8" s="10">
-        <v>0.0</v>
+        <v>1983600.0</v>
       </c>
       <c r="I8" s="10">
-        <v>0.0</v>
+        <v>1983300.0</v>
       </c>
       <c r="J8" s="10">
-        <v>0.0</v>
+        <v>1982900.0</v>
       </c>
       <c r="K8" s="10">
-        <v>0.0</v>
+        <v>1982600.0</v>
       </c>
       <c r="L8" s="10">
-        <v>0.0</v>
+        <v>1982200.0</v>
       </c>
       <c r="M8" s="10">
-        <v>0.0</v>
+        <v>1981800.0</v>
       </c>
       <c r="N8" s="10">
-        <v>0.0</v>
+        <v>1981400.0</v>
       </c>
       <c r="O8" s="10">
-        <v>0.0</v>
+        <v>1981100.0</v>
       </c>
       <c r="P8" s="10">
-        <v>0.0</v>
+        <v>1980700.0</v>
       </c>
       <c r="Q8" s="10">
-        <v>719700.0</v>
-[...11 lines deleted...]
-    <row r="9" spans="1:20">
+        <v>1980400.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="10">
-        <v>1985500.0</v>
+        <v>720000.0</v>
       </c>
       <c r="C9" s="10">
-        <v>1985100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="D9" s="10">
-        <v>1984800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="E9" s="10">
-        <v>1984400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="F9" s="10">
-        <v>1984000.0</v>
+        <v>720000.0</v>
       </c>
       <c r="G9" s="10">
-        <v>1983600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="H9" s="10">
-        <v>1983300.0</v>
+        <v>720000.0</v>
       </c>
       <c r="I9" s="10">
-        <v>1982900.0</v>
+        <v>720000.0</v>
       </c>
       <c r="J9" s="10">
-        <v>1982600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="K9" s="10">
-        <v>1982200.0</v>
+        <v>720000.0</v>
       </c>
       <c r="L9" s="10">
-        <v>1981800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="M9" s="10">
-        <v>1981400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="N9" s="10">
-        <v>1981100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="O9" s="10">
-        <v>1980700.0</v>
+        <v>720000.0</v>
       </c>
       <c r="P9" s="10">
-        <v>1980400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="Q9" s="10">
-        <v>1980000.0</v>
-[...12 lines deleted...]
-      <c r="A10" s="7" t="s">
+        <v>720000.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="10">
-[...58 lines deleted...]
-      <c r="A11" s="11" t="s">
+      <c r="B10" s="12">
+        <v>2705900.0</v>
+      </c>
+      <c r="C10" s="12">
+        <v>2705500.0</v>
+      </c>
+      <c r="D10" s="12">
+        <v>2705100.0</v>
+      </c>
+      <c r="E10" s="12">
+        <v>2704800.0</v>
+      </c>
+      <c r="F10" s="12">
+        <v>2704400.0</v>
+      </c>
+      <c r="G10" s="12">
+        <v>2704000.0</v>
+      </c>
+      <c r="H10" s="12">
+        <v>2703600.0</v>
+      </c>
+      <c r="I10" s="12">
+        <v>2703300.0</v>
+      </c>
+      <c r="J10" s="12">
+        <v>2702900.0</v>
+      </c>
+      <c r="K10" s="12">
+        <v>2702600.0</v>
+      </c>
+      <c r="L10" s="12">
+        <v>2702200.0</v>
+      </c>
+      <c r="M10" s="12">
+        <v>2701800.0</v>
+      </c>
+      <c r="N10" s="12">
+        <v>2701400.0</v>
+      </c>
+      <c r="O10" s="12">
+        <v>2701100.0</v>
+      </c>
+      <c r="P10" s="12">
+        <v>2700700.0</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>2700400.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="12">
-[...58 lines deleted...]
-      <c r="A13" s="7" t="s">
+      <c r="B12" s="10">
+        <v>31256900.0</v>
+      </c>
+      <c r="C12" s="10">
+        <v>30957800.0</v>
+      </c>
+      <c r="D12" s="10">
+        <v>29938900.0</v>
+      </c>
+      <c r="E12" s="10">
+        <v>29387600.0</v>
+      </c>
+      <c r="F12" s="10">
+        <v>29353600.0</v>
+      </c>
+      <c r="G12" s="10">
+        <v>29325900.0</v>
+      </c>
+      <c r="H12" s="10">
+        <v>28205800.0</v>
+      </c>
+      <c r="I12" s="10">
+        <v>26991100.0</v>
+      </c>
+      <c r="J12" s="10">
+        <v>25973100.0</v>
+      </c>
+      <c r="K12" s="10">
+        <v>24904400.0</v>
+      </c>
+      <c r="L12" s="10">
+        <v>24017900.0</v>
+      </c>
+      <c r="M12" s="10">
+        <v>23495200.0</v>
+      </c>
+      <c r="N12" s="10">
+        <v>22664000.0</v>
+      </c>
+      <c r="O12" s="10">
+        <v>21438800.0</v>
+      </c>
+      <c r="P12" s="10">
+        <v>20687800.0</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>19914700.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="10">
-[...58 lines deleted...]
-      <c r="A14" s="6" t="s">
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="C14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="E14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="G14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="H14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="I14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="J14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="K14" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="L14" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="M14" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="N14" s="13">
+        <v>0.12</v>
+      </c>
+      <c r="O14" s="13">
+        <v>0.13</v>
+      </c>
+      <c r="P14" s="13">
+        <v>0.13</v>
+      </c>
+      <c r="Q14" s="13">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A15" s="6" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
-[...62 lines deleted...]
-      <c r="A16" s="6" t="s">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A16" s="14" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="17" spans="1:20" customHeight="1" ht="28.8">
-      <c r="A17" s="14" t="s">
+    <row r="17" spans="1:17">
+      <c r="A17" s="15" t="s">
         <v>21</v>
       </c>
-    </row>
-    <row r="18" spans="1:20">
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="E17" s="8">
+        <v>49.22</v>
+      </c>
+      <c r="F17" s="8">
+        <v>20.19</v>
+      </c>
+      <c r="G17" s="8">
+        <v>11.78</v>
+      </c>
+      <c r="H17" s="8">
+        <v>10.42</v>
+      </c>
+      <c r="I17" s="8">
+        <v>9.24</v>
+      </c>
+      <c r="J17" s="8">
+        <v>5.73</v>
+      </c>
+      <c r="K17" s="8">
+        <v>5.02</v>
+      </c>
+      <c r="L17" s="8">
+        <v>4.74</v>
+      </c>
+      <c r="M17" s="8">
+        <v>4.68</v>
+      </c>
+      <c r="N17" s="8">
+        <v>3.67</v>
+      </c>
+      <c r="O17" s="8">
+        <v>4.35</v>
+      </c>
+      <c r="P17" s="8">
+        <v>4.98</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>4.51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="8">
         <v>0.0</v>
       </c>
       <c r="C18" s="8">
-        <v>0.0</v>
+        <v>5.67</v>
       </c>
       <c r="D18" s="8">
-        <v>49.22</v>
+        <v>7.57</v>
       </c>
       <c r="E18" s="8">
-        <v>20.19</v>
+        <v>9.24</v>
       </c>
       <c r="F18" s="8">
-        <v>11.78</v>
+        <v>10.23</v>
       </c>
       <c r="G18" s="8">
-        <v>10.42</v>
+        <v>8.02</v>
       </c>
       <c r="H18" s="8">
-        <v>9.24</v>
+        <v>10.57</v>
       </c>
       <c r="I18" s="8">
-        <v>5.73</v>
+        <v>12.75</v>
       </c>
       <c r="J18" s="8">
-        <v>5.02</v>
+        <v>10.37</v>
       </c>
       <c r="K18" s="8">
-        <v>4.74</v>
+        <v>7.9</v>
       </c>
       <c r="L18" s="8">
-        <v>4.68</v>
+        <v>9.08</v>
       </c>
       <c r="M18" s="8">
-        <v>3.67</v>
+        <v>11.52</v>
       </c>
       <c r="N18" s="8">
-        <v>4.35</v>
+        <v>10.64</v>
       </c>
       <c r="O18" s="8">
-        <v>4.98</v>
+        <v>10.6</v>
       </c>
       <c r="P18" s="8">
-        <v>4.51</v>
+        <v>15.1</v>
       </c>
       <c r="Q18" s="8">
-        <v>4.98</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:20">
+        <v>40.23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="8">
-        <v>5.67</v>
+        <v>0.0</v>
       </c>
       <c r="C19" s="8">
-        <v>7.57</v>
+        <v>2.64</v>
       </c>
       <c r="D19" s="8">
-        <v>9.24</v>
+        <v>2.82</v>
       </c>
       <c r="E19" s="8">
-        <v>10.23</v>
+        <v>2.86</v>
       </c>
       <c r="F19" s="8">
-        <v>8.02</v>
+        <v>3.04</v>
       </c>
       <c r="G19" s="8">
-        <v>10.57</v>
+        <v>2.9</v>
       </c>
       <c r="H19" s="8">
-        <v>12.75</v>
+        <v>3.08</v>
       </c>
       <c r="I19" s="8">
-        <v>10.37</v>
+        <v>3.38</v>
       </c>
       <c r="J19" s="8">
-        <v>7.9</v>
+        <v>1.35</v>
       </c>
       <c r="K19" s="8">
-        <v>9.08</v>
+        <v>1.3</v>
       </c>
       <c r="L19" s="8">
-        <v>11.52</v>
+        <v>1.18</v>
       </c>
       <c r="M19" s="8">
-        <v>10.64</v>
+        <v>1.19</v>
       </c>
       <c r="N19" s="8">
-        <v>10.6</v>
+        <v>1.27</v>
       </c>
       <c r="O19" s="8">
-        <v>15.1</v>
+        <v>1.2</v>
       </c>
       <c r="P19" s="8">
-        <v>40.23</v>
+        <v>1.29</v>
       </c>
       <c r="Q19" s="8">
-        <v>4.97</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:20">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="8">
-        <v>2.64</v>
+        <v>0.0</v>
       </c>
       <c r="C20" s="8">
-        <v>2.82</v>
+        <v>0.33</v>
       </c>
       <c r="D20" s="8">
-        <v>2.86</v>
+        <v>0.33</v>
       </c>
       <c r="E20" s="8">
-        <v>3.04</v>
+        <v>0.32</v>
       </c>
       <c r="F20" s="8">
-        <v>2.9</v>
+        <v>0.32</v>
       </c>
       <c r="G20" s="8">
-        <v>3.08</v>
+        <v>0.34</v>
       </c>
       <c r="H20" s="8">
-        <v>3.38</v>
+        <v>0.34</v>
       </c>
       <c r="I20" s="8">
-        <v>1.35</v>
+        <v>0.34</v>
       </c>
       <c r="J20" s="8">
-        <v>1.3</v>
+        <v>0.34</v>
       </c>
       <c r="K20" s="8">
-        <v>1.18</v>
+        <v>0.42</v>
       </c>
       <c r="L20" s="8">
-        <v>1.19</v>
+        <v>0.38</v>
       </c>
       <c r="M20" s="8">
-        <v>1.27</v>
+        <v>0.39</v>
       </c>
       <c r="N20" s="8">
-        <v>1.2</v>
+        <v>0.39</v>
       </c>
       <c r="O20" s="8">
-        <v>1.29</v>
+        <v>0.41</v>
       </c>
       <c r="P20" s="8">
-        <v>1.42</v>
+        <v>0.43</v>
       </c>
       <c r="Q20" s="8">
-        <v>1.24</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:20">
+        <v>0.47</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="8">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="C21" s="8">
-        <v>0.33</v>
+        <v>1.79</v>
       </c>
       <c r="D21" s="8">
-        <v>0.32</v>
+        <v>2.18</v>
       </c>
       <c r="E21" s="8">
-        <v>0.32</v>
+        <v>2.44</v>
       </c>
       <c r="F21" s="8">
-        <v>0.34</v>
+        <v>2.37</v>
       </c>
       <c r="G21" s="8">
-        <v>0.34</v>
+        <v>2.19</v>
       </c>
       <c r="H21" s="8">
-        <v>0.34</v>
+        <v>2.13</v>
       </c>
       <c r="I21" s="8">
-        <v>0.34</v>
+        <v>2.05</v>
       </c>
       <c r="J21" s="8">
-        <v>0.42</v>
+        <v>2.34</v>
       </c>
       <c r="K21" s="8">
-        <v>0.38</v>
+        <v>1.8</v>
       </c>
       <c r="L21" s="8">
-        <v>0.39</v>
+        <v>1.7</v>
       </c>
       <c r="M21" s="8">
-        <v>0.39</v>
+        <v>1.69</v>
       </c>
       <c r="N21" s="8">
-        <v>0.41</v>
+        <v>1.52</v>
       </c>
       <c r="O21" s="8">
-        <v>0.43</v>
+        <v>1.58</v>
       </c>
       <c r="P21" s="8">
-        <v>0.47</v>
+        <v>1.97</v>
       </c>
       <c r="Q21" s="8">
-        <v>0.49</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:20">
+        <v>1.77</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="8">
-        <v>1.79</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>2.18</v>
+        <v>1.16</v>
       </c>
       <c r="D22" s="8">
-        <v>2.44</v>
+        <v>1.27</v>
       </c>
       <c r="E22" s="8">
-        <v>2.37</v>
+        <v>1.3</v>
       </c>
       <c r="F22" s="8">
-        <v>2.19</v>
+        <v>1.38</v>
       </c>
       <c r="G22" s="8">
-        <v>2.13</v>
+        <v>1.26</v>
       </c>
       <c r="H22" s="8">
-        <v>2.05</v>
+        <v>1.28</v>
       </c>
       <c r="I22" s="8">
-        <v>2.34</v>
+        <v>1.44</v>
       </c>
       <c r="J22" s="8">
-        <v>1.8</v>
+        <v>1.09</v>
       </c>
       <c r="K22" s="8">
-        <v>1.7</v>
+        <v>1.12</v>
       </c>
       <c r="L22" s="8">
-        <v>1.69</v>
+        <v>1.19</v>
       </c>
       <c r="M22" s="8">
-        <v>1.52</v>
+        <v>1.2</v>
       </c>
       <c r="N22" s="8">
-        <v>1.58</v>
+        <v>1.19</v>
       </c>
       <c r="O22" s="8">
-        <v>1.97</v>
+        <v>1.2</v>
       </c>
       <c r="P22" s="8">
-        <v>1.77</v>
+        <v>1.3</v>
       </c>
       <c r="Q22" s="8">
-        <v>1.88</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:20">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
-        <v>1.16</v>
+        <v>0.0</v>
       </c>
       <c r="C23" s="8">
-        <v>1.27</v>
+        <v>0.58</v>
       </c>
       <c r="D23" s="8">
-        <v>1.3</v>
+        <v>0.65</v>
       </c>
       <c r="E23" s="8">
-        <v>1.38</v>
+        <v>0.67</v>
       </c>
       <c r="F23" s="8">
-        <v>1.26</v>
+        <v>0.51</v>
       </c>
       <c r="G23" s="8">
-        <v>1.28</v>
+        <v>0.51</v>
       </c>
       <c r="H23" s="8">
-        <v>1.44</v>
+        <v>0.58</v>
       </c>
       <c r="I23" s="8">
-        <v>1.09</v>
+        <v>0.48</v>
       </c>
       <c r="J23" s="8">
-        <v>1.12</v>
+        <v>0.43</v>
       </c>
       <c r="K23" s="8">
-        <v>1.19</v>
+        <v>0.42</v>
       </c>
       <c r="L23" s="8">
-        <v>1.2</v>
+        <v>0.61</v>
       </c>
       <c r="M23" s="8">
-        <v>1.19</v>
+        <v>0.75</v>
       </c>
       <c r="N23" s="8">
-        <v>1.2</v>
+        <v>0.52</v>
       </c>
       <c r="O23" s="8">
-        <v>1.3</v>
+        <v>0.43</v>
       </c>
       <c r="P23" s="8">
-        <v>1.32</v>
+        <v>0.43</v>
       </c>
       <c r="Q23" s="8">
-        <v>1.27</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:20">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="C24" s="8">
-        <v>0.65</v>
+        <v>0.8</v>
       </c>
       <c r="D24" s="8">
+        <v>0.72</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.72</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.86</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.87</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0.66</v>
+      </c>
+      <c r="N24" s="8">
         <v>0.67</v>
       </c>
-      <c r="E24" s="8">
-[...28 lines deleted...]
-      </c>
       <c r="O24" s="8">
-        <v>0.43</v>
+        <v>0.68</v>
       </c>
       <c r="P24" s="8">
-        <v>0.44</v>
+        <v>0.73</v>
       </c>
       <c r="Q24" s="8">
-        <v>0.46</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:20">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>0.8</v>
+        <v>0.0</v>
       </c>
       <c r="C25" s="8">
-        <v>0.72</v>
+        <v>0.66</v>
       </c>
       <c r="D25" s="8">
-        <v>0.72</v>
+        <v>0.7</v>
       </c>
       <c r="E25" s="8">
-        <v>0.8</v>
+        <v>0.69</v>
       </c>
       <c r="F25" s="8">
-        <v>0.86</v>
+        <v>0.73</v>
       </c>
       <c r="G25" s="8">
-        <v>0.87</v>
+        <v>0.73</v>
       </c>
       <c r="H25" s="8">
-        <v>0.85</v>
+        <v>0.79</v>
       </c>
       <c r="I25" s="8">
-        <v>0.93</v>
+        <v>0.75</v>
       </c>
       <c r="J25" s="8">
-        <v>0.85</v>
+        <v>0.81</v>
       </c>
       <c r="K25" s="8">
-        <v>0.95</v>
+        <v>0.66</v>
       </c>
       <c r="L25" s="8">
         <v>0.66</v>
       </c>
       <c r="M25" s="8">
-        <v>0.67</v>
+        <v>0.36</v>
       </c>
       <c r="N25" s="8">
-        <v>0.68</v>
+        <v>0.37</v>
       </c>
       <c r="O25" s="8">
-        <v>0.73</v>
+        <v>0.4</v>
       </c>
       <c r="P25" s="8">
-        <v>0.78</v>
+        <v>0.46</v>
       </c>
       <c r="Q25" s="8">
-        <v>0.87</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:20">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="8">
-        <v>0.66</v>
+        <v>0.0</v>
       </c>
       <c r="C26" s="8">
         <v>0.7</v>
       </c>
       <c r="D26" s="8">
+        <v>0.7</v>
+      </c>
+      <c r="E26" s="8">
         <v>0.69</v>
       </c>
-      <c r="E26" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="8">
-        <v>0.73</v>
+        <v>0.63</v>
       </c>
       <c r="G26" s="8">
-        <v>0.79</v>
+        <v>0.72</v>
       </c>
       <c r="H26" s="8">
         <v>0.75</v>
       </c>
       <c r="I26" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.75</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.83</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="O26" s="8">
+        <v>0.67</v>
+      </c>
+      <c r="P26" s="8">
+        <v>0.72</v>
+      </c>
+      <c r="Q26" s="8">
         <v>0.81</v>
       </c>
-      <c r="J26" s="8">
-[...33 lines deleted...]
-    <row r="27" spans="1:20">
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="8">
-        <v>0.7</v>
+        <v>0.0</v>
       </c>
       <c r="C27" s="8">
-        <v>0.7</v>
+        <v>0.0</v>
       </c>
       <c r="D27" s="8">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="E27" s="8">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="F27" s="8">
-        <v>0.72</v>
+        <v>0.0</v>
       </c>
       <c r="G27" s="8">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="H27" s="8">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="I27" s="8">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="8">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="8">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="8">
-        <v>0.83</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="8">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="N27" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="O27" s="8">
-        <v>0.72</v>
+        <v>0.0</v>
       </c>
       <c r="P27" s="8">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="Q27" s="8">
-        <v>0.85</v>
-[...74 lines deleted...]
-      <c r="A29" s="9" t="s">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
+      <c r="A28" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B29" s="9"/>
-[...17 lines deleted...]
-      <c r="T29" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
+      <c r="Q28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:Q28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T29" sqref="T29"/>
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:20">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="10">
         <v>0.0</v>
       </c>
       <c r="C7" s="10">
         <v>0.0</v>
       </c>
       <c r="D7" s="10">
         <v>0.0</v>
       </c>
       <c r="E7" s="10">
         <v>0.0</v>
       </c>
       <c r="F7" s="10">
         <v>0.0</v>
       </c>
       <c r="G7" s="10">
         <v>0.0</v>
       </c>
       <c r="H7" s="10">
         <v>0.0</v>
       </c>
       <c r="I7" s="10">
@@ -2509,1319 +2213,1083 @@
       </c>
       <c r="J7" s="10">
         <v>0.0</v>
       </c>
       <c r="K7" s="10">
         <v>0.0</v>
       </c>
       <c r="L7" s="10">
         <v>0.0</v>
       </c>
       <c r="M7" s="10">
         <v>0.0</v>
       </c>
       <c r="N7" s="10">
         <v>0.0</v>
       </c>
       <c r="O7" s="10">
         <v>0.0</v>
       </c>
       <c r="P7" s="10">
         <v>0.0</v>
       </c>
       <c r="Q7" s="10">
         <v>0.0</v>
       </c>
-      <c r="R7" s="10">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="10">
-        <v>0.0</v>
+        <v>1985900.0</v>
       </c>
       <c r="C8" s="10">
-        <v>0.0</v>
+        <v>1985500.0</v>
       </c>
       <c r="D8" s="10">
-        <v>0.0</v>
+        <v>1985100.0</v>
       </c>
       <c r="E8" s="10">
-        <v>0.0</v>
+        <v>1984800.0</v>
       </c>
       <c r="F8" s="10">
-        <v>0.0</v>
+        <v>1984400.0</v>
       </c>
       <c r="G8" s="10">
-        <v>0.0</v>
+        <v>1984000.0</v>
       </c>
       <c r="H8" s="10">
-        <v>0.0</v>
+        <v>1983600.0</v>
       </c>
       <c r="I8" s="10">
-        <v>0.0</v>
+        <v>1983300.0</v>
       </c>
       <c r="J8" s="10">
-        <v>0.0</v>
+        <v>1982900.0</v>
       </c>
       <c r="K8" s="10">
-        <v>0.0</v>
+        <v>1982600.0</v>
       </c>
       <c r="L8" s="10">
-        <v>0.0</v>
+        <v>1982200.0</v>
       </c>
       <c r="M8" s="10">
-        <v>0.0</v>
+        <v>1981800.0</v>
       </c>
       <c r="N8" s="10">
-        <v>0.0</v>
+        <v>1981400.0</v>
       </c>
       <c r="O8" s="10">
-        <v>0.0</v>
+        <v>1981100.0</v>
       </c>
       <c r="P8" s="10">
-        <v>0.0</v>
+        <v>1980700.0</v>
       </c>
       <c r="Q8" s="10">
-        <v>719700.0</v>
-[...11 lines deleted...]
-    <row r="9" spans="1:20">
+        <v>1980400.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="10">
-        <v>1985500.0</v>
+        <v>720000.0</v>
       </c>
       <c r="C9" s="10">
-        <v>1985100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="D9" s="10">
-        <v>1984800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="E9" s="10">
-        <v>1984400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="F9" s="10">
-        <v>1984000.0</v>
+        <v>720000.0</v>
       </c>
       <c r="G9" s="10">
-        <v>1983600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="H9" s="10">
-        <v>1983300.0</v>
+        <v>720000.0</v>
       </c>
       <c r="I9" s="10">
-        <v>1982900.0</v>
+        <v>720000.0</v>
       </c>
       <c r="J9" s="10">
-        <v>1982600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="K9" s="10">
-        <v>1982200.0</v>
+        <v>720000.0</v>
       </c>
       <c r="L9" s="10">
-        <v>1981800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="M9" s="10">
-        <v>1981400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="N9" s="10">
-        <v>1981100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="O9" s="10">
-        <v>1980700.0</v>
+        <v>720000.0</v>
       </c>
       <c r="P9" s="10">
-        <v>1980400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="Q9" s="10">
-        <v>1980000.0</v>
-[...12 lines deleted...]
-      <c r="A10" s="7" t="s">
+        <v>720000.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="10">
-[...58 lines deleted...]
-      <c r="A11" s="16" t="s">
+      <c r="B10" s="12">
+        <v>2705900.0</v>
+      </c>
+      <c r="C10" s="12">
+        <v>2705500.0</v>
+      </c>
+      <c r="D10" s="12">
+        <v>2705100.0</v>
+      </c>
+      <c r="E10" s="12">
+        <v>2704800.0</v>
+      </c>
+      <c r="F10" s="12">
+        <v>2704400.0</v>
+      </c>
+      <c r="G10" s="12">
+        <v>2704000.0</v>
+      </c>
+      <c r="H10" s="12">
+        <v>2703600.0</v>
+      </c>
+      <c r="I10" s="12">
+        <v>2703300.0</v>
+      </c>
+      <c r="J10" s="12">
+        <v>2702900.0</v>
+      </c>
+      <c r="K10" s="12">
+        <v>2702600.0</v>
+      </c>
+      <c r="L10" s="12">
+        <v>2702200.0</v>
+      </c>
+      <c r="M10" s="12">
+        <v>2701800.0</v>
+      </c>
+      <c r="N10" s="12">
+        <v>2701400.0</v>
+      </c>
+      <c r="O10" s="12">
+        <v>2701100.0</v>
+      </c>
+      <c r="P10" s="12">
+        <v>2700700.0</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>2700400.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
+      <c r="A11" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="12">
-[...58 lines deleted...]
-      <c r="A12" s="7" t="s">
+      <c r="B11" s="10">
+        <v>31256900.0</v>
+      </c>
+      <c r="C11" s="10">
+        <v>30957800.0</v>
+      </c>
+      <c r="D11" s="10">
+        <v>29938900.0</v>
+      </c>
+      <c r="E11" s="10">
+        <v>29387600.0</v>
+      </c>
+      <c r="F11" s="10">
+        <v>29353600.0</v>
+      </c>
+      <c r="G11" s="10">
+        <v>29325900.0</v>
+      </c>
+      <c r="H11" s="10">
+        <v>28205800.0</v>
+      </c>
+      <c r="I11" s="10">
+        <v>26991100.0</v>
+      </c>
+      <c r="J11" s="10">
+        <v>25973100.0</v>
+      </c>
+      <c r="K11" s="10">
+        <v>24904400.0</v>
+      </c>
+      <c r="L11" s="10">
+        <v>24017900.0</v>
+      </c>
+      <c r="M11" s="10">
+        <v>23495200.0</v>
+      </c>
+      <c r="N11" s="10">
+        <v>22664000.0</v>
+      </c>
+      <c r="O11" s="10">
+        <v>21438800.0</v>
+      </c>
+      <c r="P11" s="10">
+        <v>20687800.0</v>
+      </c>
+      <c r="Q11" s="10">
+        <v>19914700.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" s="12">
+        <v>33962800.0</v>
+      </c>
+      <c r="C12" s="12">
+        <v>33663300.0</v>
+      </c>
+      <c r="D12" s="12">
+        <v>32644000.0</v>
+      </c>
+      <c r="E12" s="12">
+        <v>32092400.0</v>
+      </c>
+      <c r="F12" s="12">
+        <v>32058000.0</v>
+      </c>
+      <c r="G12" s="12">
+        <v>32029900.0</v>
+      </c>
+      <c r="H12" s="12">
+        <v>30909400.0</v>
+      </c>
+      <c r="I12" s="12">
+        <v>29694400.0</v>
+      </c>
+      <c r="J12" s="12">
+        <v>28676000.0</v>
+      </c>
+      <c r="K12" s="12">
+        <v>27607000.0</v>
+      </c>
+      <c r="L12" s="12">
+        <v>26720100.0</v>
+      </c>
+      <c r="M12" s="12">
+        <v>26197000.0</v>
+      </c>
+      <c r="N12" s="12">
+        <v>25365400.0</v>
+      </c>
+      <c r="O12" s="12">
+        <v>24139900.0</v>
+      </c>
+      <c r="P12" s="12">
+        <v>23388500.0</v>
+      </c>
+      <c r="Q12" s="12">
+        <v>22615100.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="10">
-[...58 lines deleted...]
-      <c r="A13" s="11" t="s">
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="C14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="E14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="G14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="H14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="I14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="J14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="K14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="L14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="M14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="N14" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="O14" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="P14" s="13">
+        <v>0.12</v>
+      </c>
+      <c r="Q14" s="13">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A15" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A16" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="12">
-[...134 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>1.04</v>
+      </c>
+      <c r="D17" s="8">
+        <v>1.0</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.91</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.83</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.83</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.82</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.79</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.81</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.83</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="8">
-        <v>1.04</v>
+        <v>0.0</v>
       </c>
       <c r="C18" s="8">
-        <v>1.0</v>
+        <v>0.85</v>
       </c>
       <c r="D18" s="8">
+        <v>0.88</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.91</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.89</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.91</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.91</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.89</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.91</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.91</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.94</v>
+      </c>
+      <c r="Q18" s="8">
         <v>0.98</v>
       </c>
-      <c r="E18" s="8">
-[...48 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="8">
-        <v>0.85</v>
+        <v>0.0</v>
       </c>
       <c r="C19" s="8">
-        <v>0.88</v>
+        <v>0.73</v>
       </c>
       <c r="D19" s="8">
-        <v>0.9</v>
+        <v>0.74</v>
       </c>
       <c r="E19" s="8">
-        <v>0.91</v>
+        <v>0.74</v>
       </c>
       <c r="F19" s="8">
-        <v>0.89</v>
+        <v>0.75</v>
       </c>
       <c r="G19" s="8">
-        <v>0.91</v>
+        <v>0.74</v>
       </c>
       <c r="H19" s="8">
-        <v>0.93</v>
+        <v>0.75</v>
       </c>
       <c r="I19" s="8">
-        <v>0.91</v>
+        <v>0.77</v>
       </c>
       <c r="J19" s="8">
-        <v>0.89</v>
+        <v>0.57</v>
       </c>
       <c r="K19" s="8">
-        <v>0.9</v>
+        <v>0.56</v>
       </c>
       <c r="L19" s="8">
-        <v>0.92</v>
+        <v>0.54</v>
       </c>
       <c r="M19" s="8">
-        <v>0.91</v>
+        <v>0.54</v>
       </c>
       <c r="N19" s="8">
-        <v>0.91</v>
+        <v>0.56</v>
       </c>
       <c r="O19" s="8">
-        <v>0.94</v>
+        <v>0.54</v>
       </c>
       <c r="P19" s="8">
-        <v>0.98</v>
+        <v>0.56</v>
       </c>
       <c r="Q19" s="8">
-        <v>0.83</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:20">
+        <v>0.59</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="8">
-        <v>0.73</v>
+        <v>0.0</v>
       </c>
       <c r="C20" s="8">
-        <v>0.74</v>
+        <v>0.25</v>
       </c>
       <c r="D20" s="8">
-        <v>0.74</v>
+        <v>0.25</v>
       </c>
       <c r="E20" s="8">
-        <v>0.75</v>
+        <v>0.24</v>
       </c>
       <c r="F20" s="8">
-        <v>0.74</v>
+        <v>0.24</v>
       </c>
       <c r="G20" s="8">
-        <v>0.75</v>
+        <v>0.25</v>
       </c>
       <c r="H20" s="8">
-        <v>0.77</v>
+        <v>0.25</v>
       </c>
       <c r="I20" s="8">
-        <v>0.57</v>
+        <v>0.25</v>
       </c>
       <c r="J20" s="8">
-        <v>0.56</v>
+        <v>0.26</v>
       </c>
       <c r="K20" s="8">
-        <v>0.54</v>
+        <v>0.3</v>
       </c>
       <c r="L20" s="8">
-        <v>0.54</v>
+        <v>0.28</v>
       </c>
       <c r="M20" s="8">
-        <v>0.56</v>
+        <v>0.28</v>
       </c>
       <c r="N20" s="8">
-        <v>0.54</v>
+        <v>0.28</v>
       </c>
       <c r="O20" s="8">
-        <v>0.56</v>
+        <v>0.29</v>
       </c>
       <c r="P20" s="8">
-        <v>0.59</v>
+        <v>0.3</v>
       </c>
       <c r="Q20" s="8">
-        <v>0.55</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:20">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="8">
-        <v>0.25</v>
+        <v>0.0</v>
       </c>
       <c r="C21" s="8">
-        <v>0.25</v>
+        <v>0.64</v>
       </c>
       <c r="D21" s="8">
-        <v>0.24</v>
+        <v>0.69</v>
       </c>
       <c r="E21" s="8">
-        <v>0.24</v>
+        <v>0.71</v>
       </c>
       <c r="F21" s="8">
-        <v>0.25</v>
+        <v>0.7</v>
       </c>
       <c r="G21" s="8">
-        <v>0.25</v>
+        <v>0.69</v>
       </c>
       <c r="H21" s="8">
-        <v>0.25</v>
+        <v>0.68</v>
       </c>
       <c r="I21" s="8">
-        <v>0.26</v>
+        <v>0.67</v>
       </c>
       <c r="J21" s="8">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="K21" s="8">
-        <v>0.28</v>
+        <v>0.64</v>
       </c>
       <c r="L21" s="8">
-        <v>0.28</v>
+        <v>0.63</v>
       </c>
       <c r="M21" s="8">
-        <v>0.28</v>
+        <v>0.63</v>
       </c>
       <c r="N21" s="8">
-        <v>0.29</v>
+        <v>0.6</v>
       </c>
       <c r="O21" s="8">
-        <v>0.3</v>
+        <v>0.61</v>
       </c>
       <c r="P21" s="8">
-        <v>0.32</v>
+        <v>0.66</v>
       </c>
       <c r="Q21" s="8">
-        <v>0.33</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:20">
+        <v>0.64</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="8">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.69</v>
+        <v>0.54</v>
       </c>
       <c r="D22" s="8">
-        <v>0.71</v>
+        <v>0.56</v>
       </c>
       <c r="E22" s="8">
-        <v>0.7</v>
+        <v>0.57</v>
       </c>
       <c r="F22" s="8">
-        <v>0.69</v>
+        <v>0.58</v>
       </c>
       <c r="G22" s="8">
-        <v>0.68</v>
+        <v>0.56</v>
       </c>
       <c r="H22" s="8">
-        <v>0.67</v>
+        <v>0.56</v>
       </c>
       <c r="I22" s="8">
-        <v>0.7</v>
+        <v>0.59</v>
       </c>
       <c r="J22" s="8">
-        <v>0.64</v>
+        <v>0.52</v>
       </c>
       <c r="K22" s="8">
-        <v>0.63</v>
+        <v>0.53</v>
       </c>
       <c r="L22" s="8">
-        <v>0.63</v>
+        <v>0.54</v>
       </c>
       <c r="M22" s="8">
-        <v>0.6</v>
+        <v>0.55</v>
       </c>
       <c r="N22" s="8">
-        <v>0.61</v>
+        <v>0.54</v>
       </c>
       <c r="O22" s="8">
-        <v>0.66</v>
+        <v>0.54</v>
       </c>
       <c r="P22" s="8">
-        <v>0.64</v>
+        <v>0.56</v>
       </c>
       <c r="Q22" s="8">
-        <v>0.65</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:20">
+        <v>0.57</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
-        <v>0.54</v>
+        <v>0.0</v>
       </c>
       <c r="C23" s="8">
-        <v>0.56</v>
+        <v>0.37</v>
       </c>
       <c r="D23" s="8">
-        <v>0.57</v>
+        <v>0.39</v>
       </c>
       <c r="E23" s="8">
-        <v>0.58</v>
+        <v>0.4</v>
       </c>
       <c r="F23" s="8">
-        <v>0.56</v>
+        <v>0.34</v>
       </c>
       <c r="G23" s="8">
-        <v>0.56</v>
+        <v>0.34</v>
       </c>
       <c r="H23" s="8">
-        <v>0.59</v>
+        <v>0.37</v>
       </c>
       <c r="I23" s="8">
-        <v>0.52</v>
+        <v>0.32</v>
       </c>
       <c r="J23" s="8">
-        <v>0.53</v>
+        <v>0.3</v>
       </c>
       <c r="K23" s="8">
-        <v>0.54</v>
+        <v>0.3</v>
       </c>
       <c r="L23" s="8">
-        <v>0.55</v>
+        <v>0.38</v>
       </c>
       <c r="M23" s="8">
-        <v>0.54</v>
+        <v>0.43</v>
       </c>
       <c r="N23" s="8">
-        <v>0.54</v>
+        <v>0.34</v>
       </c>
       <c r="O23" s="8">
-        <v>0.56</v>
+        <v>0.3</v>
       </c>
       <c r="P23" s="8">
-        <v>0.57</v>
+        <v>0.3</v>
       </c>
       <c r="Q23" s="8">
-        <v>0.56</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:20">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="C24" s="8">
-        <v>0.39</v>
+        <v>0.44</v>
       </c>
       <c r="D24" s="8">
+        <v>0.42</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.42</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.46</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.46</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.46</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.48</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.46</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.49</v>
+      </c>
+      <c r="M24" s="8">
         <v>0.4</v>
       </c>
-      <c r="E24" s="8">
-[...25 lines deleted...]
-      </c>
       <c r="N24" s="8">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="O24" s="8">
-        <v>0.3</v>
+        <v>0.41</v>
       </c>
       <c r="P24" s="8">
-        <v>0.31</v>
+        <v>0.42</v>
       </c>
       <c r="Q24" s="8">
-        <v>0.31</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:20">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0.4</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0.41</v>
+      </c>
+      <c r="E25" s="8">
+        <v>0.41</v>
+      </c>
+      <c r="F25" s="8">
+        <v>0.42</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0.42</v>
+      </c>
+      <c r="H25" s="8">
         <v>0.44</v>
       </c>
-      <c r="C25" s="8">
-[...16 lines deleted...]
-      </c>
       <c r="I25" s="8">
-        <v>0.48</v>
+        <v>0.43</v>
       </c>
       <c r="J25" s="8">
-        <v>0.46</v>
+        <v>0.45</v>
       </c>
       <c r="K25" s="8">
-        <v>0.49</v>
+        <v>0.4</v>
       </c>
       <c r="L25" s="8">
         <v>0.4</v>
       </c>
       <c r="M25" s="8">
-        <v>0.4</v>
+        <v>0.26</v>
       </c>
       <c r="N25" s="8">
-        <v>0.41</v>
+        <v>0.27</v>
       </c>
       <c r="O25" s="8">
-        <v>0.42</v>
+        <v>0.28</v>
       </c>
       <c r="P25" s="8">
-        <v>0.44</v>
+        <v>0.32</v>
       </c>
       <c r="Q25" s="8">
-        <v>0.46</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:20">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="8">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="C26" s="8">
         <v>0.41</v>
       </c>
       <c r="D26" s="8">
         <v>0.41</v>
       </c>
       <c r="E26" s="8">
+        <v>0.41</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0.39</v>
+      </c>
+      <c r="G26" s="8">
         <v>0.42</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.44</v>
       </c>
       <c r="H26" s="8">
         <v>0.43</v>
       </c>
       <c r="I26" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.43</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="M26" s="8">
         <v>0.45</v>
       </c>
-      <c r="J26" s="8">
+      <c r="N26" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="O26" s="8">
         <v>0.4</v>
       </c>
-      <c r="K26" s="8">
-[...13 lines deleted...]
-      </c>
       <c r="P26" s="8">
-        <v>0.31</v>
+        <v>0.42</v>
       </c>
       <c r="Q26" s="8">
-        <v>0.33</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:20">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="8">
-        <v>0.41</v>
+        <v>0.0</v>
       </c>
       <c r="C27" s="8">
-        <v>0.41</v>
+        <v>0.0</v>
       </c>
       <c r="D27" s="8">
-        <v>0.41</v>
+        <v>0.0</v>
       </c>
       <c r="E27" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="F27" s="8">
-        <v>0.42</v>
+        <v>0.0</v>
       </c>
       <c r="G27" s="8">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="H27" s="8">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="I27" s="8">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="8">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="8">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="8">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="8">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="N27" s="8">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="O27" s="8">
-        <v>0.42</v>
+        <v>0.0</v>
       </c>
       <c r="P27" s="8">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
       <c r="Q27" s="8">
-        <v>0.46</v>
-[...74 lines deleted...]
-      <c r="A29" s="9" t="s">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
+      <c r="A28" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B29" s="9"/>
-[...17 lines deleted...]
-      <c r="T29" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
+      <c r="Q28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:Q28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T29" sqref="T29"/>
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:20">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="10">
         <v>0.0</v>
       </c>
       <c r="C7" s="10">
         <v>0.0</v>
       </c>
       <c r="D7" s="10">
         <v>0.0</v>
       </c>
       <c r="E7" s="10">
         <v>0.0</v>
       </c>
       <c r="F7" s="10">
         <v>0.0</v>
       </c>
       <c r="G7" s="10">
         <v>0.0</v>
       </c>
       <c r="H7" s="10">
         <v>0.0</v>
       </c>
       <c r="I7" s="10">
@@ -3829,2986 +3297,2519 @@
       </c>
       <c r="J7" s="10">
         <v>0.0</v>
       </c>
       <c r="K7" s="10">
         <v>0.0</v>
       </c>
       <c r="L7" s="10">
         <v>0.0</v>
       </c>
       <c r="M7" s="10">
         <v>0.0</v>
       </c>
       <c r="N7" s="10">
         <v>0.0</v>
       </c>
       <c r="O7" s="10">
         <v>0.0</v>
       </c>
       <c r="P7" s="10">
         <v>0.0</v>
       </c>
       <c r="Q7" s="10">
         <v>0.0</v>
       </c>
-      <c r="R7" s="10">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="10">
-        <v>0.0</v>
+        <v>1985900.0</v>
       </c>
       <c r="C8" s="10">
-        <v>0.0</v>
+        <v>1985500.0</v>
       </c>
       <c r="D8" s="10">
-        <v>0.0</v>
+        <v>1985100.0</v>
       </c>
       <c r="E8" s="10">
-        <v>0.0</v>
+        <v>1984800.0</v>
       </c>
       <c r="F8" s="10">
-        <v>0.0</v>
+        <v>1984400.0</v>
       </c>
       <c r="G8" s="10">
-        <v>0.0</v>
+        <v>1984000.0</v>
       </c>
       <c r="H8" s="10">
-        <v>0.0</v>
+        <v>1983600.0</v>
       </c>
       <c r="I8" s="10">
-        <v>0.0</v>
+        <v>1983300.0</v>
       </c>
       <c r="J8" s="10">
-        <v>0.0</v>
+        <v>1982900.0</v>
       </c>
       <c r="K8" s="10">
-        <v>0.0</v>
+        <v>1982600.0</v>
       </c>
       <c r="L8" s="10">
-        <v>0.0</v>
+        <v>1982200.0</v>
       </c>
       <c r="M8" s="10">
-        <v>0.0</v>
+        <v>1981800.0</v>
       </c>
       <c r="N8" s="10">
-        <v>0.0</v>
+        <v>1981400.0</v>
       </c>
       <c r="O8" s="10">
-        <v>0.0</v>
+        <v>1981100.0</v>
       </c>
       <c r="P8" s="10">
-        <v>0.0</v>
+        <v>1980700.0</v>
       </c>
       <c r="Q8" s="10">
-        <v>719700.0</v>
-[...11 lines deleted...]
-    <row r="9" spans="1:20">
+        <v>1980400.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="10">
-        <v>1985500.0</v>
+        <v>720000.0</v>
       </c>
       <c r="C9" s="10">
-        <v>1985100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="D9" s="10">
-        <v>1984800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="E9" s="10">
-        <v>1984400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="F9" s="10">
-        <v>1984000.0</v>
+        <v>720000.0</v>
       </c>
       <c r="G9" s="10">
-        <v>1983600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="H9" s="10">
-        <v>1983300.0</v>
+        <v>720000.0</v>
       </c>
       <c r="I9" s="10">
-        <v>1982900.0</v>
+        <v>720000.0</v>
       </c>
       <c r="J9" s="10">
-        <v>1982600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="K9" s="10">
-        <v>1982200.0</v>
+        <v>720000.0</v>
       </c>
       <c r="L9" s="10">
-        <v>1981800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="M9" s="10">
-        <v>1981400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="N9" s="10">
-        <v>1981100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="O9" s="10">
-        <v>1980700.0</v>
+        <v>720000.0</v>
       </c>
       <c r="P9" s="10">
-        <v>1980400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="Q9" s="10">
-        <v>1980000.0</v>
-[...12 lines deleted...]
-      <c r="A10" s="7" t="s">
+        <v>720000.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="10">
-[...61 lines deleted...]
-      <c r="B11" s="12">
+      <c r="B10" s="12">
+        <v>2705900.0</v>
+      </c>
+      <c r="C10" s="12">
         <v>2705500.0</v>
       </c>
-      <c r="C11" s="12">
+      <c r="D10" s="12">
         <v>2705100.0</v>
       </c>
-      <c r="D11" s="12">
+      <c r="E10" s="12">
         <v>2704800.0</v>
       </c>
-      <c r="E11" s="12">
+      <c r="F10" s="12">
         <v>2704400.0</v>
       </c>
-      <c r="F11" s="12">
+      <c r="G10" s="12">
         <v>2704000.0</v>
       </c>
-      <c r="G11" s="12">
+      <c r="H10" s="12">
         <v>2703600.0</v>
       </c>
-      <c r="H11" s="12">
+      <c r="I10" s="12">
         <v>2703300.0</v>
       </c>
-      <c r="I11" s="12">
+      <c r="J10" s="12">
         <v>2702900.0</v>
       </c>
-      <c r="J11" s="12">
+      <c r="K10" s="12">
         <v>2702600.0</v>
       </c>
-      <c r="K11" s="12">
+      <c r="L10" s="12">
         <v>2702200.0</v>
       </c>
-      <c r="L11" s="12">
+      <c r="M10" s="12">
         <v>2701800.0</v>
       </c>
-      <c r="M11" s="12">
+      <c r="N10" s="12">
         <v>2701400.0</v>
       </c>
-      <c r="N11" s="12">
+      <c r="O10" s="12">
         <v>2701100.0</v>
       </c>
-      <c r="O11" s="12">
+      <c r="P10" s="12">
         <v>2700700.0</v>
       </c>
-      <c r="P11" s="12">
+      <c r="Q10" s="12">
         <v>2700400.0</v>
       </c>
-      <c r="Q11" s="12">
-[...13 lines deleted...]
-      <c r="A13" s="7" t="s">
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="10">
+        <v>40558700.0</v>
+      </c>
+      <c r="C12" s="10">
+        <v>40169400.0</v>
+      </c>
+      <c r="D12" s="10">
+        <v>38219200.0</v>
+      </c>
+      <c r="E12" s="10">
+        <v>37545200.0</v>
+      </c>
+      <c r="F12" s="10">
+        <v>37759400.0</v>
+      </c>
+      <c r="G12" s="10">
+        <v>37441900.0</v>
+      </c>
+      <c r="H12" s="10">
+        <v>36086800.0</v>
+      </c>
+      <c r="I12" s="10">
+        <v>34369600.0</v>
+      </c>
+      <c r="J12" s="10">
+        <v>33080200.0</v>
+      </c>
+      <c r="K12" s="10">
+        <v>32163300.0</v>
+      </c>
+      <c r="L12" s="10">
+        <v>30657500.0</v>
+      </c>
+      <c r="M12" s="10">
+        <v>30059900.0</v>
+      </c>
+      <c r="N12" s="10">
+        <v>29214500.0</v>
+      </c>
+      <c r="O12" s="10">
+        <v>27677800.0</v>
+      </c>
+      <c r="P12" s="10">
+        <v>27205800.0</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>26348700.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="C14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="E14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="G14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="H14" s="13">
+        <v>0.07</v>
+      </c>
+      <c r="I14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="J14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="K14" s="13">
+        <v>0.08</v>
+      </c>
+      <c r="L14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="M14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="N14" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="O14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="P14" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="Q14" s="13">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A15" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A16" s="14" t="s">
         <v>37</v>
       </c>
-      <c r="B13" s="10">
-[...134 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.45</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.45</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.46</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.46</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.49</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="8">
-        <v>0.51</v>
+        <v>0.0</v>
       </c>
       <c r="C18" s="8">
-        <v>0.51</v>
+        <v>0.61</v>
       </c>
       <c r="D18" s="8">
-        <v>0.51</v>
+        <v>0.64</v>
       </c>
       <c r="E18" s="8">
-        <v>0.5</v>
+        <v>0.64</v>
       </c>
       <c r="F18" s="8">
-        <v>0.5</v>
+        <v>0.65</v>
       </c>
       <c r="G18" s="8">
-        <v>0.5</v>
+        <v>0.66</v>
       </c>
       <c r="H18" s="8">
-        <v>0.5</v>
+        <v>0.69</v>
       </c>
       <c r="I18" s="8">
-        <v>0.44</v>
+        <v>0.69</v>
       </c>
       <c r="J18" s="8">
-        <v>0.45</v>
+        <v>0.67</v>
       </c>
       <c r="K18" s="8">
-        <v>0.45</v>
+        <v>0.67</v>
       </c>
       <c r="L18" s="8">
-        <v>0.46</v>
+        <v>0.68</v>
       </c>
       <c r="M18" s="8">
-        <v>0.46</v>
+        <v>0.69</v>
       </c>
       <c r="N18" s="8">
-        <v>0.49</v>
+        <v>0.6</v>
       </c>
       <c r="O18" s="8">
-        <v>0.51</v>
+        <v>0.61</v>
       </c>
       <c r="P18" s="8">
-        <v>0.51</v>
+        <v>0.62</v>
       </c>
       <c r="Q18" s="8">
-        <v>0.52</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:20">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="8">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
       <c r="C19" s="8">
-        <v>0.64</v>
+        <v>0.51</v>
       </c>
       <c r="D19" s="8">
-        <v>0.64</v>
+        <v>0.52</v>
       </c>
       <c r="E19" s="8">
-        <v>0.65</v>
+        <v>0.54</v>
       </c>
       <c r="F19" s="8">
-        <v>0.66</v>
+        <v>0.54</v>
       </c>
       <c r="G19" s="8">
-        <v>0.69</v>
+        <v>0.53</v>
       </c>
       <c r="H19" s="8">
-        <v>0.69</v>
+        <v>0.55</v>
       </c>
       <c r="I19" s="8">
-        <v>0.67</v>
+        <v>0.56</v>
       </c>
       <c r="J19" s="8">
-        <v>0.67</v>
+        <v>0.42</v>
       </c>
       <c r="K19" s="8">
-        <v>0.68</v>
+        <v>0.41</v>
       </c>
       <c r="L19" s="8">
-        <v>0.69</v>
+        <v>0.4</v>
       </c>
       <c r="M19" s="8">
-        <v>0.6</v>
+        <v>0.4</v>
       </c>
       <c r="N19" s="8">
-        <v>0.61</v>
+        <v>0.41</v>
       </c>
       <c r="O19" s="8">
-        <v>0.62</v>
+        <v>0.4</v>
       </c>
       <c r="P19" s="8">
-        <v>0.62</v>
+        <v>0.42</v>
       </c>
       <c r="Q19" s="8">
-        <v>0.54</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:20">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="8">
-        <v>0.51</v>
+        <v>0.0</v>
       </c>
       <c r="C20" s="8">
-        <v>0.52</v>
+        <v>0.21</v>
       </c>
       <c r="D20" s="8">
-        <v>0.54</v>
+        <v>0.21</v>
       </c>
       <c r="E20" s="8">
-        <v>0.54</v>
+        <v>0.21</v>
       </c>
       <c r="F20" s="8">
-        <v>0.53</v>
+        <v>0.21</v>
       </c>
       <c r="G20" s="8">
-        <v>0.55</v>
+        <v>0.22</v>
       </c>
       <c r="H20" s="8">
-        <v>0.56</v>
+        <v>0.22</v>
       </c>
       <c r="I20" s="8">
-        <v>0.42</v>
+        <v>0.22</v>
       </c>
       <c r="J20" s="8">
-        <v>0.41</v>
+        <v>0.22</v>
       </c>
       <c r="K20" s="8">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="L20" s="8">
-        <v>0.4</v>
+        <v>0.23</v>
       </c>
       <c r="M20" s="8">
-        <v>0.41</v>
+        <v>0.23</v>
       </c>
       <c r="N20" s="8">
-        <v>0.4</v>
+        <v>0.23</v>
       </c>
       <c r="O20" s="8">
-        <v>0.42</v>
+        <v>0.24</v>
       </c>
       <c r="P20" s="8">
-        <v>0.44</v>
+        <v>0.25</v>
       </c>
       <c r="Q20" s="8">
-        <v>0.41</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:20">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="8">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="C21" s="8">
-        <v>0.21</v>
+        <v>0.37</v>
       </c>
       <c r="D21" s="8">
-        <v>0.21</v>
+        <v>0.4</v>
       </c>
       <c r="E21" s="8">
-        <v>0.21</v>
+        <v>0.43</v>
       </c>
       <c r="F21" s="8">
-        <v>0.22</v>
+        <v>0.43</v>
       </c>
       <c r="G21" s="8">
-        <v>0.22</v>
+        <v>0.41</v>
       </c>
       <c r="H21" s="8">
-        <v>0.22</v>
+        <v>0.4</v>
       </c>
       <c r="I21" s="8">
-        <v>0.22</v>
+        <v>0.41</v>
       </c>
       <c r="J21" s="8">
-        <v>0.25</v>
+        <v>0.39</v>
       </c>
       <c r="K21" s="8">
-        <v>0.23</v>
+        <v>0.35</v>
       </c>
       <c r="L21" s="8">
-        <v>0.23</v>
+        <v>0.34</v>
       </c>
       <c r="M21" s="8">
-        <v>0.23</v>
+        <v>0.36</v>
       </c>
       <c r="N21" s="8">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
       <c r="O21" s="8">
-        <v>0.25</v>
+        <v>0.33</v>
       </c>
       <c r="P21" s="8">
-        <v>0.26</v>
+        <v>0.36</v>
       </c>
       <c r="Q21" s="8">
-        <v>0.27</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:20">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="8">
+        <v>0.43</v>
+      </c>
+      <c r="D22" s="8">
+        <v>0.45</v>
+      </c>
+      <c r="E22" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="F22" s="8">
+        <v>0.45</v>
+      </c>
+      <c r="G22" s="8">
+        <v>0.43</v>
+      </c>
+      <c r="H22" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="I22" s="8">
+        <v>0.45</v>
+      </c>
+      <c r="J22" s="8">
         <v>0.4</v>
       </c>
-      <c r="D22" s="8">
-[...5 lines deleted...]
-      <c r="F22" s="8">
+      <c r="K22" s="8">
+        <v>0.4</v>
+      </c>
+      <c r="L22" s="8">
+        <v>0.4</v>
+      </c>
+      <c r="M22" s="8">
         <v>0.41</v>
       </c>
-      <c r="G22" s="8">
+      <c r="N22" s="8">
         <v>0.4</v>
       </c>
-      <c r="H22" s="8">
-[...19 lines deleted...]
-      </c>
       <c r="O22" s="8">
-        <v>0.36</v>
+        <v>0.4</v>
       </c>
       <c r="P22" s="8">
-        <v>0.35</v>
+        <v>0.42</v>
       </c>
       <c r="Q22" s="8">
-        <v>0.35</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:20">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="8">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="C23" s="8">
-        <v>0.45</v>
+        <v>0.24</v>
       </c>
       <c r="D23" s="8">
-        <v>0.44</v>
+        <v>0.26</v>
       </c>
       <c r="E23" s="8">
-        <v>0.45</v>
+        <v>0.27</v>
       </c>
       <c r="F23" s="8">
-        <v>0.43</v>
+        <v>0.2</v>
       </c>
       <c r="G23" s="8">
-        <v>0.44</v>
+        <v>0.2</v>
       </c>
       <c r="H23" s="8">
-        <v>0.45</v>
+        <v>0.23</v>
       </c>
       <c r="I23" s="8">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="J23" s="8">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="K23" s="8">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="L23" s="8">
-        <v>0.41</v>
+        <v>0.24</v>
       </c>
       <c r="M23" s="8">
-        <v>0.4</v>
+        <v>0.27</v>
       </c>
       <c r="N23" s="8">
-        <v>0.4</v>
+        <v>0.21</v>
       </c>
       <c r="O23" s="8">
-        <v>0.42</v>
+        <v>0.18</v>
       </c>
       <c r="P23" s="8">
-        <v>0.42</v>
+        <v>0.18</v>
       </c>
       <c r="Q23" s="8">
-        <v>0.39</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:20">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="8">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
       <c r="C24" s="8">
-        <v>0.26</v>
+        <v>0.32</v>
       </c>
       <c r="D24" s="8">
-        <v>0.27</v>
+        <v>0.3</v>
       </c>
       <c r="E24" s="8">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="F24" s="8">
-        <v>0.2</v>
+        <v>0.32</v>
       </c>
       <c r="G24" s="8">
-        <v>0.23</v>
+        <v>0.32</v>
       </c>
       <c r="H24" s="8">
-        <v>0.2</v>
+        <v>0.34</v>
       </c>
       <c r="I24" s="8">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
       <c r="J24" s="8">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
       <c r="K24" s="8">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
       <c r="L24" s="8">
-        <v>0.27</v>
+        <v>0.35</v>
       </c>
       <c r="M24" s="8">
-        <v>0.21</v>
+        <v>0.29</v>
       </c>
       <c r="N24" s="8">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="O24" s="8">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="P24" s="8">
-        <v>0.19</v>
+        <v>0.3</v>
       </c>
       <c r="Q24" s="8">
-        <v>0.19</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:20">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
       <c r="C25" s="8">
         <v>0.3</v>
       </c>
       <c r="D25" s="8">
         <v>0.3</v>
       </c>
       <c r="E25" s="8">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
       <c r="F25" s="8">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
       <c r="G25" s="8">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="H25" s="8">
         <v>0.32</v>
       </c>
       <c r="I25" s="8">
-        <v>0.33</v>
+        <v>0.31</v>
       </c>
       <c r="J25" s="8">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
       <c r="K25" s="8">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="L25" s="8">
-        <v>0.29</v>
+        <v>0.3</v>
       </c>
       <c r="M25" s="8">
-        <v>0.28</v>
+        <v>0.18</v>
       </c>
       <c r="N25" s="8">
-        <v>0.28</v>
+        <v>0.18</v>
       </c>
       <c r="O25" s="8">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
       <c r="P25" s="8">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
       <c r="Q25" s="8">
-        <v>0.31</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="8">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="C26" s="8">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="D26" s="8">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E26" s="8">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="F26" s="8">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
       <c r="G26" s="8">
+        <v>0.35</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0.36</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0.37</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.35</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.36</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.36</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.37</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.35</v>
+      </c>
+      <c r="O26" s="8">
         <v>0.32</v>
       </c>
-      <c r="H26" s="8">
-[...22 lines deleted...]
-      </c>
       <c r="P26" s="8">
-        <v>0.2</v>
+        <v>0.33</v>
       </c>
       <c r="Q26" s="8">
-        <v>0.21</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:20">
+        <v>0.36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="C27" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="D27" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="E27" s="8">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
       <c r="F27" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="G27" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="H27" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="I27" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="N27" s="8">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
       <c r="O27" s="8">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="P27" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="Q27" s="8">
-        <v>0.37</v>
-[...74 lines deleted...]
-      <c r="A29" s="9" t="s">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
+      <c r="A28" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B29" s="9"/>
-[...17 lines deleted...]
-      <c r="T29" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
+      <c r="Q28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:20">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B7" s="10">
+        <v>40558700.0</v>
+      </c>
+      <c r="C7" s="10">
         <v>40169400.0</v>
       </c>
-      <c r="C7" s="10">
+      <c r="D7" s="10">
         <v>38219200.0</v>
       </c>
-      <c r="D7" s="10">
+      <c r="E7" s="10">
         <v>37545200.0</v>
       </c>
-      <c r="E7" s="10">
+      <c r="F7" s="10">
         <v>37759400.0</v>
       </c>
-      <c r="F7" s="10">
+      <c r="G7" s="10">
         <v>37441900.0</v>
       </c>
-      <c r="G7" s="10">
+      <c r="H7" s="10">
         <v>36086800.0</v>
       </c>
-      <c r="H7" s="10">
+      <c r="I7" s="10">
         <v>34369600.0</v>
       </c>
-      <c r="I7" s="10">
+      <c r="J7" s="10">
         <v>33080200.0</v>
       </c>
-      <c r="J7" s="10">
+      <c r="K7" s="10">
         <v>32163300.0</v>
       </c>
-      <c r="K7" s="10">
+      <c r="L7" s="10">
         <v>30657500.0</v>
       </c>
-      <c r="L7" s="10">
+      <c r="M7" s="10">
         <v>30059900.0</v>
       </c>
-      <c r="M7" s="10">
+      <c r="N7" s="10">
         <v>29214500.0</v>
       </c>
-      <c r="N7" s="10">
+      <c r="O7" s="10">
         <v>27677800.0</v>
       </c>
-      <c r="O7" s="10">
+      <c r="P7" s="10">
         <v>27205800.0</v>
       </c>
-      <c r="P7" s="10">
+      <c r="Q7" s="10">
         <v>26348700.0</v>
       </c>
-      <c r="Q7" s="10">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="10">
+        <v>31256900.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>30957800.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>29938900.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>29387600.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>29353600.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>29325900.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>28205800.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>26991100.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>25973100.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>24904400.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>24017900.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>23495200.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>22664000.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>21438800.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>20687800.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>19914700.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="10">
-[...62 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="13">
         <v>1.3</v>
       </c>
       <c r="C10" s="13">
-        <v>1.28</v>
+        <v>1.3</v>
       </c>
       <c r="D10" s="13">
         <v>1.28</v>
       </c>
       <c r="E10" s="13">
+        <v>1.28</v>
+      </c>
+      <c r="F10" s="13">
         <v>1.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.28</v>
       </c>
       <c r="G10" s="13">
         <v>1.28</v>
       </c>
       <c r="H10" s="13">
-        <v>1.27</v>
+        <v>1.28</v>
       </c>
       <c r="I10" s="13">
         <v>1.27</v>
       </c>
       <c r="J10" s="13">
+        <v>1.27</v>
+      </c>
+      <c r="K10" s="13">
         <v>1.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.28</v>
       </c>
       <c r="L10" s="13">
         <v>1.28</v>
       </c>
       <c r="M10" s="13">
-        <v>1.29</v>
+        <v>1.28</v>
       </c>
       <c r="N10" s="13">
         <v>1.29</v>
       </c>
       <c r="O10" s="13">
-        <v>1.32</v>
+        <v>1.29</v>
       </c>
       <c r="P10" s="13">
         <v>1.32</v>
       </c>
       <c r="Q10" s="13">
-        <v>1.36</v>
-[...11 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:20">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="8">
+        <v>95.89</v>
+      </c>
+      <c r="F13" s="8">
+        <v>40.65</v>
+      </c>
+      <c r="G13" s="8">
+        <v>23.78</v>
+      </c>
+      <c r="H13" s="8">
+        <v>20.94</v>
+      </c>
+      <c r="I13" s="8">
+        <v>18.59</v>
+      </c>
+      <c r="J13" s="8">
+        <v>13.0</v>
+      </c>
+      <c r="K13" s="8">
+        <v>11.26</v>
+      </c>
+      <c r="L13" s="8">
+        <v>10.52</v>
+      </c>
+      <c r="M13" s="8">
+        <v>10.14</v>
+      </c>
+      <c r="N13" s="8">
+        <v>8.039999999999999</v>
+      </c>
+      <c r="O13" s="8">
+        <v>8.84</v>
+      </c>
+      <c r="P13" s="8">
+        <v>9.77</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="8">
-[...58 lines deleted...]
-      <c r="A14" s="15" t="s">
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>9.37</v>
+      </c>
+      <c r="D14" s="8">
+        <v>11.83</v>
+      </c>
+      <c r="E14" s="8">
+        <v>14.4</v>
+      </c>
+      <c r="F14" s="8">
+        <v>15.63</v>
+      </c>
+      <c r="G14" s="8">
+        <v>12.07</v>
+      </c>
+      <c r="H14" s="8">
+        <v>15.34</v>
+      </c>
+      <c r="I14" s="8">
+        <v>18.51</v>
+      </c>
+      <c r="J14" s="8">
+        <v>15.59</v>
+      </c>
+      <c r="K14" s="8">
+        <v>11.83</v>
+      </c>
+      <c r="L14" s="8">
+        <v>13.31</v>
+      </c>
+      <c r="M14" s="8">
+        <v>16.59</v>
+      </c>
+      <c r="N14" s="8">
+        <v>17.79</v>
+      </c>
+      <c r="O14" s="8">
+        <v>17.44</v>
+      </c>
+      <c r="P14" s="8">
+        <v>24.51</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>64.62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B14" s="8">
-[...58 lines deleted...]
-      <c r="A15" s="15" t="s">
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>5.22</v>
+      </c>
+      <c r="D15" s="8">
+        <v>5.43</v>
+      </c>
+      <c r="E15" s="8">
+        <v>5.32</v>
+      </c>
+      <c r="F15" s="8">
+        <v>5.67</v>
+      </c>
+      <c r="G15" s="8">
+        <v>5.46</v>
+      </c>
+      <c r="H15" s="8">
+        <v>5.56</v>
+      </c>
+      <c r="I15" s="8">
+        <v>6.0099999999999998</v>
+      </c>
+      <c r="J15" s="8">
+        <v>3.23</v>
+      </c>
+      <c r="K15" s="8">
+        <v>3.15</v>
+      </c>
+      <c r="L15" s="8">
+        <v>2.92</v>
+      </c>
+      <c r="M15" s="8">
+        <v>2.96</v>
+      </c>
+      <c r="N15" s="8">
+        <v>3.12</v>
+      </c>
+      <c r="O15" s="8">
+        <v>3.0099999999999998</v>
+      </c>
+      <c r="P15" s="8">
+        <v>3.08</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>3.26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="B15" s="8">
-[...60 lines deleted...]
-      </c>
       <c r="B16" s="8">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
       <c r="C16" s="8">
         <v>1.56</v>
       </c>
       <c r="D16" s="8">
         <v>1.56</v>
       </c>
       <c r="E16" s="8">
-        <v>1.57</v>
+        <v>1.56</v>
       </c>
       <c r="F16" s="8">
         <v>1.57</v>
       </c>
       <c r="G16" s="8">
         <v>1.57</v>
       </c>
       <c r="H16" s="8">
+        <v>1.57</v>
+      </c>
+      <c r="I16" s="8">
         <v>1.56</v>
       </c>
-      <c r="I16" s="8">
+      <c r="J16" s="8">
         <v>1.58</v>
       </c>
-      <c r="J16" s="8">
+      <c r="K16" s="8">
         <v>1.67</v>
       </c>
-      <c r="K16" s="8">
+      <c r="L16" s="8">
         <v>1.64</v>
       </c>
-      <c r="L16" s="8">
+      <c r="M16" s="8">
         <v>1.65</v>
       </c>
-      <c r="M16" s="8">
+      <c r="N16" s="8">
         <v>1.68</v>
       </c>
-      <c r="N16" s="8">
+      <c r="O16" s="8">
         <v>1.72</v>
       </c>
-      <c r="O16" s="8">
+      <c r="P16" s="8">
         <v>1.76</v>
       </c>
-      <c r="P16" s="8">
+      <c r="Q16" s="8">
         <v>1.8</v>
       </c>
-      <c r="Q16" s="8">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>4.83</v>
+      </c>
+      <c r="D17" s="8">
+        <v>5.52</v>
+      </c>
+      <c r="E17" s="8">
+        <v>5.67</v>
+      </c>
+      <c r="F17" s="8">
+        <v>5.55</v>
+      </c>
+      <c r="G17" s="8">
+        <v>5.31</v>
+      </c>
+      <c r="H17" s="8">
+        <v>5.3</v>
+      </c>
+      <c r="I17" s="8">
+        <v>4.99</v>
+      </c>
+      <c r="J17" s="8">
+        <v>5.94</v>
+      </c>
+      <c r="K17" s="8">
+        <v>5.16</v>
+      </c>
+      <c r="L17" s="8">
+        <v>4.95</v>
+      </c>
+      <c r="M17" s="8">
+        <v>4.75</v>
+      </c>
+      <c r="N17" s="8">
+        <v>4.65</v>
+      </c>
+      <c r="O17" s="8">
+        <v>4.71</v>
+      </c>
+      <c r="P17" s="8">
+        <v>5.51</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>5.03</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="B17" s="8">
-[...60 lines deleted...]
-      </c>
       <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
         <v>2.72</v>
       </c>
-      <c r="C18" s="8">
+      <c r="D18" s="8">
         <v>2.83</v>
       </c>
-      <c r="D18" s="8">
+      <c r="E18" s="8">
         <v>2.95</v>
       </c>
-      <c r="E18" s="8">
+      <c r="F18" s="8">
         <v>3.05</v>
       </c>
-      <c r="F18" s="8">
+      <c r="G18" s="8">
         <v>2.95</v>
       </c>
-      <c r="G18" s="8">
+      <c r="H18" s="8">
         <v>2.93</v>
       </c>
-      <c r="H18" s="8">
+      <c r="I18" s="8">
         <v>3.21</v>
       </c>
-      <c r="I18" s="8">
+      <c r="J18" s="8">
         <v>2.72</v>
       </c>
-      <c r="J18" s="8">
+      <c r="K18" s="8">
         <v>2.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.95</v>
       </c>
       <c r="L18" s="8">
         <v>2.95</v>
       </c>
       <c r="M18" s="8">
-        <v>2.97</v>
+        <v>2.95</v>
       </c>
       <c r="N18" s="8">
         <v>2.97</v>
       </c>
       <c r="O18" s="8">
+        <v>2.97</v>
+      </c>
+      <c r="P18" s="8">
         <v>3.11</v>
       </c>
-      <c r="P18" s="8">
+      <c r="Q18" s="8">
         <v>3.17</v>
       </c>
-      <c r="Q18" s="8">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="8">
+        <v>2.43</v>
+      </c>
+      <c r="D19" s="8">
+        <v>2.46</v>
+      </c>
+      <c r="E19" s="8">
+        <v>2.48</v>
+      </c>
+      <c r="F19" s="8">
+        <v>2.52</v>
+      </c>
+      <c r="G19" s="8">
+        <v>2.54</v>
+      </c>
+      <c r="H19" s="8">
+        <v>2.53</v>
+      </c>
+      <c r="I19" s="8">
+        <v>2.46</v>
+      </c>
+      <c r="J19" s="8">
+        <v>2.44</v>
+      </c>
+      <c r="K19" s="8">
+        <v>2.33</v>
+      </c>
+      <c r="L19" s="8">
+        <v>2.55</v>
+      </c>
+      <c r="M19" s="8">
+        <v>2.77</v>
+      </c>
+      <c r="N19" s="8">
+        <v>2.44</v>
+      </c>
+      <c r="O19" s="8">
+        <v>2.35</v>
+      </c>
+      <c r="P19" s="8">
+        <v>2.33</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>2.39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
+      <c r="A20" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B19" s="8">
-[...5 lines deleted...]
-      <c r="D19" s="8">
+      <c r="B20" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="8">
+        <v>2.5</v>
+      </c>
+      <c r="D20" s="8">
+        <v>2.4</v>
+      </c>
+      <c r="E20" s="8">
+        <v>2.38</v>
+      </c>
+      <c r="F20" s="8">
+        <v>2.53</v>
+      </c>
+      <c r="G20" s="8">
+        <v>2.64</v>
+      </c>
+      <c r="H20" s="8">
+        <v>2.58</v>
+      </c>
+      <c r="I20" s="8">
+        <v>2.62</v>
+      </c>
+      <c r="J20" s="8">
+        <v>2.84</v>
+      </c>
+      <c r="K20" s="8">
+        <v>2.59</v>
+      </c>
+      <c r="L20" s="8">
+        <v>2.7</v>
+      </c>
+      <c r="M20" s="8">
+        <v>2.3</v>
+      </c>
+      <c r="N20" s="8">
+        <v>2.37</v>
+      </c>
+      <c r="O20" s="8">
+        <v>2.41</v>
+      </c>
+      <c r="P20" s="8">
         <v>2.48</v>
       </c>
-      <c r="E19" s="8">
-[...2 lines deleted...]
-      <c r="F19" s="8">
+      <c r="Q20" s="8">
+        <v>2.61</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
+      <c r="A21" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="8">
+        <v>2.25</v>
+      </c>
+      <c r="D21" s="8">
+        <v>2.32</v>
+      </c>
+      <c r="E21" s="8">
+        <v>2.3</v>
+      </c>
+      <c r="F21" s="8">
+        <v>2.42</v>
+      </c>
+      <c r="G21" s="8">
+        <v>2.38</v>
+      </c>
+      <c r="H21" s="8">
+        <v>2.47</v>
+      </c>
+      <c r="I21" s="8">
+        <v>2.4</v>
+      </c>
+      <c r="J21" s="8">
         <v>2.54</v>
-      </c>
-[...134 lines deleted...]
-        <v>2.22</v>
       </c>
       <c r="K21" s="8">
         <v>2.22</v>
       </c>
       <c r="L21" s="8">
+        <v>2.22</v>
+      </c>
+      <c r="M21" s="8">
         <v>1.94</v>
       </c>
-      <c r="M21" s="8">
+      <c r="N21" s="8">
         <v>2.06</v>
       </c>
-      <c r="N21" s="8">
+      <c r="O21" s="8">
         <v>2.1</v>
       </c>
-      <c r="O21" s="8">
+      <c r="P21" s="8">
         <v>2.24</v>
       </c>
-      <c r="P21" s="8">
+      <c r="Q21" s="8">
         <v>2.23</v>
       </c>
-      <c r="Q21" s="8">
-[...12 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="8">
+        <v>2.02</v>
+      </c>
+      <c r="D22" s="8">
+        <v>2.0</v>
+      </c>
+      <c r="E22" s="8">
+        <v>2.0099999999999998</v>
+      </c>
+      <c r="F22" s="8">
+        <v>1.96</v>
+      </c>
+      <c r="G22" s="8">
+        <v>2.05</v>
+      </c>
+      <c r="H22" s="8">
+        <v>2.08</v>
+      </c>
+      <c r="I22" s="8">
+        <v>2.13</v>
+      </c>
+      <c r="J22" s="8">
+        <v>2.11</v>
+      </c>
+      <c r="K22" s="8">
+        <v>2.14</v>
+      </c>
+      <c r="L22" s="8">
+        <v>2.15</v>
+      </c>
+      <c r="M22" s="8">
+        <v>2.24</v>
+      </c>
+      <c r="N22" s="8">
+        <v>2.21</v>
+      </c>
+      <c r="O22" s="8">
+        <v>2.08</v>
+      </c>
+      <c r="P22" s="8">
+        <v>2.14</v>
+      </c>
+      <c r="Q22" s="8">
+        <v>2.26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
+      <c r="A23" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="B22" s="8">
-[...60 lines deleted...]
-      </c>
       <c r="B23" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="8">
         <v>1.44</v>
       </c>
-      <c r="C23" s="8">
+      <c r="D23" s="8">
         <v>1.4</v>
       </c>
-      <c r="D23" s="8">
+      <c r="E23" s="8">
         <v>1.39</v>
       </c>
-      <c r="E23" s="8">
+      <c r="F23" s="8">
         <v>1.37</v>
       </c>
-      <c r="F23" s="8">
+      <c r="G23" s="8">
         <v>1.42</v>
       </c>
-      <c r="G23" s="8">
+      <c r="H23" s="8">
         <v>1.36</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.29</v>
       </c>
       <c r="I23" s="8">
         <v>1.29</v>
       </c>
       <c r="J23" s="8">
-        <v>1.32</v>
+        <v>1.29</v>
       </c>
       <c r="K23" s="8">
         <v>1.32</v>
       </c>
       <c r="L23" s="8">
+        <v>1.32</v>
+      </c>
+      <c r="M23" s="8">
         <v>1.31</v>
       </c>
-      <c r="M23" s="8">
+      <c r="N23" s="8">
         <v>1.3</v>
       </c>
-      <c r="N23" s="8">
+      <c r="O23" s="8">
         <v>1.28</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.31</v>
       </c>
       <c r="P23" s="8">
         <v>1.31</v>
       </c>
       <c r="Q23" s="8">
-        <v>1.33</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:20">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
-      <c r="R24" s="9"/>
-[...1 lines deleted...]
-      <c r="T24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T21"/>
+  <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T21" sqref="T21"/>
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:20">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" s="10">
+        <v>844600.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>1460000.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>1391600.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>808700.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>917700.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>1340600.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>1432300.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>722000.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>1159600.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>1007800.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>968400.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>817800.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>1197100.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>1315700.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>852100.0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>973500.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="10">
-[...58 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="B8" s="10">
+        <v>199100.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>303300.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>127100.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>96300.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>40400.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>152400.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>195800.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>-21300.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>-12000.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>103000.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>114500.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>40200.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>127600.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>194100.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>111100.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>87600.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="B8" s="10">
-[...58 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="B9" s="10">
+        <v>12200.0</v>
+      </c>
+      <c r="C9" s="10">
+        <v>19300.0</v>
+      </c>
+      <c r="D9" s="10">
+        <v>3600.0</v>
+      </c>
+      <c r="E9" s="10">
+        <v>8700.0</v>
+      </c>
+      <c r="F9" s="10">
+        <v>10500.0</v>
+      </c>
+      <c r="G9" s="10">
+        <v>13800.0</v>
+      </c>
+      <c r="H9" s="10">
+        <v>14800.0</v>
+      </c>
+      <c r="I9" s="10">
+        <v>16100.0</v>
+      </c>
+      <c r="J9" s="10">
+        <v>18300.0</v>
+      </c>
+      <c r="K9" s="10">
+        <v>17800.0</v>
+      </c>
+      <c r="L9" s="10">
+        <v>18900.0</v>
+      </c>
+      <c r="M9" s="10">
+        <v>18000.0</v>
+      </c>
+      <c r="N9" s="10">
+        <v>17400.0</v>
+      </c>
+      <c r="O9" s="10">
+        <v>15300.0</v>
+      </c>
+      <c r="P9" s="10">
+        <v>13100.0</v>
+      </c>
+      <c r="Q9" s="10">
+        <v>13600.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B9" s="10">
-[...60 lines deleted...]
-      </c>
       <c r="B10" s="12">
+        <v>1055900.0</v>
+      </c>
+      <c r="C10" s="12">
         <v>1782600.0</v>
       </c>
-      <c r="C10" s="12">
+      <c r="D10" s="12">
         <v>1522300.0</v>
       </c>
-      <c r="D10" s="12">
+      <c r="E10" s="12">
         <v>913700.0</v>
       </c>
-      <c r="E10" s="12">
+      <c r="F10" s="12">
         <v>968600.0</v>
       </c>
-      <c r="F10" s="12">
+      <c r="G10" s="12">
         <v>1506800.0</v>
       </c>
-      <c r="G10" s="12">
+      <c r="H10" s="12">
         <v>1642900.0</v>
       </c>
-      <c r="H10" s="12">
+      <c r="I10" s="12">
         <v>716800.0</v>
       </c>
-      <c r="I10" s="12">
+      <c r="J10" s="12">
         <v>1165900.0</v>
       </c>
-      <c r="J10" s="12">
+      <c r="K10" s="12">
         <v>1128600.0</v>
       </c>
-      <c r="K10" s="12">
+      <c r="L10" s="12">
         <v>1101800.0</v>
       </c>
-      <c r="L10" s="12">
+      <c r="M10" s="12">
         <v>876000.0</v>
       </c>
-      <c r="M10" s="12">
+      <c r="N10" s="12">
         <v>1342100.0</v>
       </c>
-      <c r="N10" s="12">
+      <c r="O10" s="12">
         <v>1525100.0</v>
       </c>
-      <c r="O10" s="12">
+      <c r="P10" s="12">
         <v>976300.0</v>
       </c>
-      <c r="P10" s="12">
+      <c r="Q10" s="12">
         <v>1074700.0</v>
       </c>
-      <c r="Q10" s="12">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:20">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="13">
+        <v>120.42</v>
+      </c>
+      <c r="C12" s="13">
         <v>123.20999999999999</v>
       </c>
-      <c r="C12" s="13">
+      <c r="D12" s="13">
         <v>134.19</v>
       </c>
-      <c r="D12" s="13">
+      <c r="E12" s="13">
         <v>105.27</v>
       </c>
-      <c r="E12" s="13">
+      <c r="F12" s="13">
         <v>87.59</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="13">
         <v>79.88</v>
       </c>
-      <c r="G12" s="13">
+      <c r="H12" s="13">
         <v>69.47</v>
       </c>
-      <c r="H12" s="13">
+      <c r="I12" s="13">
         <v>57.85</v>
       </c>
-      <c r="I12" s="13">
+      <c r="J12" s="13">
         <v>58.52</v>
       </c>
-      <c r="J12" s="13">
+      <c r="K12" s="13">
         <v>61.7</v>
       </c>
-      <c r="K12" s="13">
+      <c r="L12" s="13">
         <v>69.61</v>
       </c>
-      <c r="L12" s="13">
+      <c r="M12" s="13">
         <v>73.97</v>
       </c>
-      <c r="M12" s="13">
+      <c r="N12" s="13">
         <v>82.8</v>
       </c>
-      <c r="N12" s="13">
+      <c r="O12" s="13">
         <v>108.62</v>
       </c>
-      <c r="O12" s="13">
+      <c r="P12" s="13">
         <v>116.34999999999999</v>
       </c>
-      <c r="P12" s="13">
+      <c r="Q12" s="13">
         <v>163.24000000000001</v>
       </c>
-      <c r="Q12" s="13">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:20">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
         <v>3.89</v>
       </c>
-      <c r="C15" s="8">
+      <c r="D15" s="8">
         <v>3.53</v>
       </c>
-      <c r="D15" s="8">
+      <c r="E15" s="8">
         <v>3.18</v>
       </c>
-      <c r="E15" s="8">
+      <c r="F15" s="8">
         <v>2.46</v>
       </c>
-      <c r="F15" s="8">
+      <c r="G15" s="8">
         <v>2.45</v>
       </c>
-      <c r="G15" s="8">
+      <c r="H15" s="8">
         <v>2.1</v>
       </c>
-      <c r="H15" s="8">
+      <c r="I15" s="8">
         <v>2.38</v>
       </c>
-      <c r="I15" s="8">
+      <c r="J15" s="8">
         <v>3.73</v>
       </c>
-      <c r="J15" s="8">
+      <c r="K15" s="8">
         <v>4.54</v>
       </c>
-      <c r="K15" s="8">
+      <c r="L15" s="8">
         <v>5.43</v>
       </c>
-      <c r="L15" s="8">
+      <c r="M15" s="8">
         <v>6.51</v>
       </c>
-      <c r="M15" s="8">
+      <c r="N15" s="8">
         <v>6.22</v>
       </c>
-      <c r="N15" s="8">
+      <c r="O15" s="8">
         <v>6.83</v>
       </c>
-      <c r="O15" s="8">
+      <c r="P15" s="8">
         <v>6.97</v>
       </c>
-      <c r="P15" s="8">
+      <c r="Q15" s="8">
         <v>6.4</v>
       </c>
-      <c r="Q15" s="8">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B16" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="8">
         <v>16.41</v>
       </c>
-      <c r="C16" s="8">
+      <c r="D16" s="8">
         <v>15.0099999999999998</v>
       </c>
-      <c r="D16" s="8">
+      <c r="E16" s="8">
         <v>16.8</v>
       </c>
-      <c r="E16" s="8">
+      <c r="F16" s="8">
         <v>17.71</v>
       </c>
-      <c r="F16" s="8">
+      <c r="G16" s="8">
         <v>16.11</v>
       </c>
-      <c r="G16" s="8">
+      <c r="H16" s="8">
         <v>17.61</v>
       </c>
-      <c r="H16" s="8">
+      <c r="I16" s="8">
         <v>17.81</v>
       </c>
-      <c r="I16" s="8">
+      <c r="J16" s="8">
         <v>18.64</v>
       </c>
-      <c r="J16" s="8">
+      <c r="K16" s="8">
         <v>23.66</v>
       </c>
-      <c r="K16" s="8">
+      <c r="L16" s="8">
         <v>29.65</v>
       </c>
-      <c r="L16" s="8">
+      <c r="M16" s="8">
         <v>35.6</v>
       </c>
-      <c r="M16" s="8">
+      <c r="N16" s="8">
         <v>40.3</v>
       </c>
-      <c r="N16" s="8">
+      <c r="O16" s="8">
         <v>41.32</v>
       </c>
-      <c r="O16" s="8">
+      <c r="P16" s="8">
         <v>35.26</v>
       </c>
-      <c r="P16" s="8">
+      <c r="Q16" s="8">
         <v>33.54</v>
       </c>
-      <c r="Q16" s="8">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>10.71</v>
+      </c>
+      <c r="D17" s="8">
+        <v>8.2</v>
+      </c>
+      <c r="E17" s="8">
+        <v>7.94</v>
+      </c>
+      <c r="F17" s="8">
+        <v>1.71</v>
+      </c>
+      <c r="G17" s="8">
+        <v>1.18</v>
+      </c>
+      <c r="H17" s="8">
+        <v>2.58</v>
+      </c>
+      <c r="I17" s="8">
+        <v>2.11</v>
+      </c>
+      <c r="J17" s="8">
+        <v>8.27</v>
+      </c>
+      <c r="K17" s="8">
+        <v>8.88</v>
+      </c>
+      <c r="L17" s="8">
+        <v>9.029999999999999</v>
+      </c>
+      <c r="M17" s="8">
+        <v>8.84</v>
+      </c>
+      <c r="N17" s="8">
+        <v>7.22</v>
+      </c>
+      <c r="O17" s="8">
+        <v>5.8</v>
+      </c>
+      <c r="P17" s="8">
+        <v>6.73</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>6.97</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="8">
-[...60 lines deleted...]
-      </c>
       <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
         <v>36.24</v>
       </c>
-      <c r="C18" s="8">
+      <c r="D18" s="8">
         <v>33.48</v>
       </c>
-      <c r="D18" s="8">
+      <c r="E18" s="8">
         <v>34.090000000000003</v>
       </c>
-      <c r="E18" s="8">
+      <c r="F18" s="8">
         <v>23.1</v>
       </c>
-      <c r="F18" s="8">
+      <c r="G18" s="8">
         <v>23.92</v>
       </c>
-      <c r="G18" s="8">
+      <c r="H18" s="8">
         <v>26.4</v>
       </c>
-      <c r="H18" s="8">
+      <c r="I18" s="8">
         <v>29.059999999999999</v>
       </c>
-      <c r="I18" s="8">
+      <c r="J18" s="8">
         <v>20.51</v>
       </c>
-      <c r="J18" s="8">
+      <c r="K18" s="8">
         <v>19.09</v>
       </c>
-      <c r="K18" s="8">
+      <c r="L18" s="8">
         <v>23.89</v>
       </c>
-      <c r="L18" s="8">
+      <c r="M18" s="8">
         <v>31.49</v>
       </c>
-      <c r="M18" s="8">
+      <c r="N18" s="8">
         <v>79.70999999999999</v>
       </c>
-      <c r="N18" s="8">
+      <c r="O18" s="8">
         <v>141.63</v>
       </c>
-      <c r="O18" s="8">
+      <c r="P18" s="8">
         <v>160.27000000000001</v>
       </c>
-      <c r="P18" s="8">
+      <c r="Q18" s="8">
         <v>164.15000000000001</v>
       </c>
-      <c r="Q18" s="8">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B19" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="8">
         <v>6.19</v>
       </c>
-      <c r="C19" s="8">
+      <c r="D19" s="8">
         <v>6.09</v>
       </c>
-      <c r="D19" s="8">
+      <c r="E19" s="8">
         <v>6.25</v>
       </c>
-      <c r="E19" s="8">
+      <c r="F19" s="8">
         <v>6.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.62</v>
       </c>
       <c r="G19" s="8">
         <v>5.62</v>
       </c>
       <c r="H19" s="8">
+        <v>5.62</v>
+      </c>
+      <c r="I19" s="8">
         <v>5.53</v>
       </c>
-      <c r="I19" s="8">
+      <c r="J19" s="8">
         <v>5.54</v>
       </c>
-      <c r="J19" s="8">
+      <c r="K19" s="8">
         <v>5.98</v>
       </c>
-      <c r="K19" s="8">
+      <c r="L19" s="8">
         <v>6.64</v>
       </c>
-      <c r="L19" s="8">
+      <c r="M19" s="8">
         <v>8.28</v>
       </c>
-      <c r="M19" s="8">
+      <c r="N19" s="8">
         <v>11.56</v>
       </c>
-      <c r="N19" s="8">
+      <c r="O19" s="8">
         <v>13.59</v>
       </c>
-      <c r="O19" s="8">
+      <c r="P19" s="8">
         <v>15.7</v>
       </c>
-      <c r="P19" s="8">
+      <c r="Q19" s="8">
         <v>16.73</v>
       </c>
-      <c r="Q19" s="8">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B20" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="8">
         <v>348.55000000000001</v>
       </c>
-      <c r="C20" s="8">
+      <c r="D20" s="8">
         <v>258.29000000000002</v>
       </c>
-      <c r="D20" s="8">
+      <c r="E20" s="8">
         <v>-11.94</v>
       </c>
-      <c r="E20" s="8">
+      <c r="F20" s="8">
         <v>9.12</v>
       </c>
-      <c r="F20" s="8">
+      <c r="G20" s="8">
         <v>7.76</v>
       </c>
-      <c r="G20" s="8">
+      <c r="H20" s="8">
         <v>6.14</v>
       </c>
-      <c r="H20" s="8">
+      <c r="I20" s="8">
         <v>111.61</v>
       </c>
-      <c r="I20" s="8">
+      <c r="J20" s="8">
         <v>100.31999999999999</v>
       </c>
-      <c r="J20" s="8">
+      <c r="K20" s="8">
         <v>96.54000000000001</v>
       </c>
-      <c r="K20" s="8">
+      <c r="L20" s="8">
         <v>90.90000000000001</v>
       </c>
-      <c r="L20" s="8">
+      <c r="M20" s="8">
         <v>82.27</v>
       </c>
-      <c r="M20" s="8">
+      <c r="N20" s="8">
         <v>78.23</v>
       </c>
-      <c r="N20" s="8">
+      <c r="O20" s="8">
         <v>70.079999999999998</v>
       </c>
-      <c r="O20" s="8">
+      <c r="P20" s="8">
         <v>66.72</v>
       </c>
-      <c r="P20" s="8">
+      <c r="Q20" s="8">
         <v>48.17</v>
       </c>
-      <c r="Q20" s="8">
-[...12 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9"/>
       <c r="P21" s="9"/>
       <c r="Q21" s="9"/>
-      <c r="R21" s="9"/>
-[...1 lines deleted...]
-      <c r="T21" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">