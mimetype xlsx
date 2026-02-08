--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1275,108 +1275,108 @@
       </c>
       <c r="R18" s="13">
         <v>61.0</v>
       </c>
       <c r="S18" s="13">
         <v>70.0</v>
       </c>
       <c r="T18" s="13">
         <v>72.0</v>
       </c>
       <c r="U18" s="13">
         <v>67.0</v>
       </c>
       <c r="V18" s="13">
         <v>65.0</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="13">
         <v>0.0</v>
       </c>
       <c r="C19" s="13">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="D19" s="13">
         <v>39.0</v>
       </c>
       <c r="E19" s="13">
         <v>46.0</v>
       </c>
       <c r="F19" s="13">
         <v>47.0</v>
       </c>
       <c r="G19" s="13">
         <v>46.0</v>
       </c>
       <c r="H19" s="13">
         <v>45.0</v>
       </c>
       <c r="I19" s="13">
         <v>48.0</v>
       </c>
       <c r="J19" s="13">
         <v>31.0</v>
       </c>
       <c r="K19" s="13">
         <v>45.0</v>
       </c>
       <c r="L19" s="13">
         <v>40.0</v>
       </c>
       <c r="M19" s="13">
         <v>53.0</v>
       </c>
       <c r="N19" s="13">
         <v>55.0</v>
       </c>
       <c r="O19" s="13">
         <v>50.0</v>
       </c>
       <c r="P19" s="13">
         <v>46.0</v>
       </c>
       <c r="Q19" s="13">
         <v>43.0</v>
       </c>
       <c r="R19" s="13">
         <v>39.0</v>
       </c>
       <c r="S19" s="13">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="13">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="U19" s="13">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="V19" s="13">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>