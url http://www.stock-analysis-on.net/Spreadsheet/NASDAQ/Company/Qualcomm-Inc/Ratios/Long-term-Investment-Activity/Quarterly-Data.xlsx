--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1870,108 +1870,108 @@
       </c>
       <c r="R21" s="7">
         <v>8.49</v>
       </c>
       <c r="S21" s="7">
         <v>7.76</v>
       </c>
       <c r="T21" s="7">
         <v>7.18</v>
       </c>
       <c r="U21" s="7">
         <v>6.65</v>
       </c>
       <c r="V21" s="7">
         <v>6.87</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="7">
         <v>0.0</v>
       </c>
       <c r="C22" s="7">
-        <v>0.0</v>
+        <v>1.44</v>
       </c>
       <c r="D22" s="7">
         <v>1.4</v>
       </c>
       <c r="E22" s="7">
         <v>1.35</v>
       </c>
       <c r="F22" s="7">
         <v>1.36</v>
       </c>
       <c r="G22" s="7">
         <v>1.38</v>
       </c>
       <c r="H22" s="7">
         <v>1.33</v>
       </c>
       <c r="I22" s="7">
         <v>1.44</v>
       </c>
       <c r="J22" s="7">
         <v>1.61</v>
       </c>
       <c r="K22" s="7">
         <v>1.75</v>
       </c>
       <c r="L22" s="7">
         <v>1.94</v>
       </c>
       <c r="M22" s="7">
         <v>2.21</v>
       </c>
       <c r="N22" s="7">
         <v>2.54</v>
       </c>
       <c r="O22" s="7">
         <v>2.91</v>
       </c>
       <c r="P22" s="7">
         <v>3.11</v>
       </c>
       <c r="Q22" s="7">
         <v>3.3</v>
       </c>
       <c r="R22" s="7">
         <v>3.49</v>
       </c>
       <c r="S22" s="7">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="7">
-        <v>4.37</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="7">
-        <v>4.56</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="7">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
@@ -2904,108 +2904,108 @@
       </c>
       <c r="R21" s="7">
         <v>0.63</v>
       </c>
       <c r="S21" s="7">
         <v>0.58</v>
       </c>
       <c r="T21" s="7">
         <v>0.55</v>
       </c>
       <c r="U21" s="7">
         <v>0.52</v>
       </c>
       <c r="V21" s="7">
         <v>0.51</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="7">
         <v>0.0</v>
       </c>
       <c r="C22" s="7">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
       <c r="D22" s="7">
         <v>0.49</v>
       </c>
       <c r="E22" s="7">
         <v>0.48</v>
       </c>
       <c r="F22" s="7">
         <v>0.48</v>
       </c>
       <c r="G22" s="7">
         <v>0.44</v>
       </c>
       <c r="H22" s="7">
         <v>0.44</v>
       </c>
       <c r="I22" s="7">
         <v>0.46</v>
       </c>
       <c r="J22" s="7">
         <v>0.48</v>
       </c>
       <c r="K22" s="7">
         <v>0.54</v>
       </c>
       <c r="L22" s="7">
         <v>0.57</v>
       </c>
       <c r="M22" s="7">
         <v>0.61</v>
       </c>
       <c r="N22" s="7">
         <v>0.67</v>
       </c>
       <c r="O22" s="7">
         <v>0.74</v>
       </c>
       <c r="P22" s="7">
         <v>0.77</v>
       </c>
       <c r="Q22" s="7">
         <v>0.79</v>
       </c>
       <c r="R22" s="7">
         <v>0.75</v>
       </c>
       <c r="S22" s="7">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="7">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="7">
-        <v>0.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
@@ -3938,108 +3938,108 @@
       </c>
       <c r="R21" s="7">
         <v>1.03</v>
       </c>
       <c r="S21" s="7">
         <v>0.99</v>
       </c>
       <c r="T21" s="7">
         <v>0.96</v>
       </c>
       <c r="U21" s="7">
         <v>0.94</v>
       </c>
       <c r="V21" s="7">
         <v>0.9</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="7">
         <v>0.0</v>
       </c>
       <c r="C22" s="7">
-        <v>0.0</v>
+        <v>1.09</v>
       </c>
       <c r="D22" s="7">
         <v>1.04</v>
       </c>
       <c r="E22" s="7">
         <v>1.02</v>
       </c>
       <c r="F22" s="7">
         <v>0.98</v>
       </c>
       <c r="G22" s="7">
         <v>0.93</v>
       </c>
       <c r="H22" s="7">
         <v>0.91</v>
       </c>
       <c r="I22" s="7">
         <v>0.93</v>
       </c>
       <c r="J22" s="7">
         <v>0.99</v>
       </c>
       <c r="K22" s="7">
         <v>1.04</v>
       </c>
       <c r="L22" s="7">
         <v>1.09</v>
       </c>
       <c r="M22" s="7">
         <v>1.18</v>
       </c>
       <c r="N22" s="7">
         <v>1.28</v>
       </c>
       <c r="O22" s="7">
         <v>1.37</v>
       </c>
       <c r="P22" s="7">
         <v>1.39</v>
       </c>
       <c r="Q22" s="7">
         <v>1.39</v>
       </c>
       <c r="R22" s="7">
         <v>1.35</v>
       </c>
       <c r="S22" s="7">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="7">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="7">
-        <v>1.5</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="7">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>