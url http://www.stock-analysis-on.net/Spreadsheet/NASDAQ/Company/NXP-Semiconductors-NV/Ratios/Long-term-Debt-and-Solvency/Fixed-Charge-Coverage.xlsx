--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1071,51 +1071,51 @@
       </c>
       <c r="B30" s="14">
         <v>14.48</v>
       </c>
       <c r="C30" s="14">
         <v>8.3</v>
       </c>
       <c r="D30" s="14">
         <v>0.0</v>
       </c>
       <c r="E30" s="14">
         <v>0.0</v>
       </c>
       <c r="F30" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="14">
         <v>36.25</v>
       </c>
       <c r="C31" s="14">
-        <v>24.14</v>
+        <v>0.0</v>
       </c>
       <c r="D31" s="14">
         <v>0.0</v>
       </c>
       <c r="E31" s="14">
         <v>0.0</v>
       </c>
       <c r="F31" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:6" customHeight="1" ht="28.8">
       <c r="A32" s="12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="14">
         <v>12.75</v>
       </c>
       <c r="C33" s="14">
         <v>0.0</v>