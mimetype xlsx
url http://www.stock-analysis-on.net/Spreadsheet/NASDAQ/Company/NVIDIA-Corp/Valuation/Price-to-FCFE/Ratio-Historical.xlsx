--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -949,66 +949,66 @@
       </c>
       <c r="B22" s="9">
         <v>14.86</v>
       </c>
       <c r="C22" s="9">
         <v>18.57</v>
       </c>
       <c r="D22" s="9">
         <v>11.97</v>
       </c>
       <c r="E22" s="9">
         <v>19.13</v>
       </c>
       <c r="F22" s="9">
         <v>17.93</v>
       </c>
       <c r="G22" s="9">
         <v>34.91</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
-        <v>0.0</v>
+        <v>65.84999999999999</v>
       </c>
       <c r="C23" s="9">
         <v>42.96</v>
       </c>
       <c r="D23" s="9">
         <v>37.61</v>
       </c>
       <c r="E23" s="9">
         <v>23.88</v>
       </c>
       <c r="F23" s="9">
         <v>21.87</v>
       </c>
       <c r="G23" s="9">
-        <v>24.1</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="9">
         <v>0.0</v>
       </c>
       <c r="C25" s="9">
         <v>45.81</v>
       </c>
       <c r="D25" s="9">
         <v>47.55</v>
       </c>
       <c r="E25" s="9">
         <v>29.02</v>
       </c>
       <c r="F25" s="9">
         <v>24.87</v>