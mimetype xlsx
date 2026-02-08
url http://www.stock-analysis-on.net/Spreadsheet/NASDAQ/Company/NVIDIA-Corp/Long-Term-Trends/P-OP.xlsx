--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1153,51 +1153,51 @@
       <c r="C5" s="6">
         <v>88.36</v>
       </c>
       <c r="D5" s="6">
         <v>42.079999999999998</v>
       </c>
       <c r="E5" s="6">
         <v>24.8</v>
       </c>
       <c r="F5" s="6">
         <v>61.37</v>
       </c>
       <c r="G5" s="6">
         <v>0.0</v>
       </c>
       <c r="H5" s="6">
         <v>21.88</v>
       </c>
       <c r="I5" s="6">
         <v>21.58</v>
       </c>
       <c r="J5" s="6">
         <v>15.58</v>
       </c>
       <c r="K5" s="6">
-        <v>0.0</v>
+        <v>33.37</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
         <v>45343</v>
       </c>
       <c r="B6" s="6">
         <v>51.16</v>
       </c>
       <c r="C6" s="6">
         <v>95.53</v>
       </c>
       <c r="D6" s="6">
         <v>53.48</v>
       </c>
       <c r="E6" s="6">
         <v>17.52</v>
       </c>
       <c r="F6" s="6">
         <v>76.87</v>
       </c>
       <c r="G6" s="6">
         <v>0.0</v>
       </c>
       <c r="H6" s="6">