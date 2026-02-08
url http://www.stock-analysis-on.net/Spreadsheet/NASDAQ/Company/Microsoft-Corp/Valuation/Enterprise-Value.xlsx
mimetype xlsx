--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -562,152 +562,152 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4">
-        <v>393.67000000000002</v>
+        <v>401.13999999999999</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="5">
         <v>7425629076.0</v>
       </c>
     </row>
     <row r="6" spans="1:2" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5">
-        <v>2923247.0</v>
+        <v>2978717.0</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="9">
-        <v>2923247.0</v>
+        <v>2978717.0</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="5">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="5">
         <v>2999.0</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="5">
         <v>3172.0</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="5">
         <v>40152.0</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="5">
         <v>43000.0</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="9">
-        <v>3012570.0</v>
+        <v>3068040.0</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="5">
         <v>30242.0</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="5">
         <v>64323.0</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="9">
-        <v>2918005.0</v>
+        <v>2973475.0</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G19" sqref="G19"/>
     </sheetView>