--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -948,51 +948,51 @@
       <c r="C5" s="6">
         <v>0.1066</v>
       </c>
       <c r="D5" s="6">
         <v>0.2661</v>
       </c>
       <c r="E5" s="6">
         <v>0.2922</v>
       </c>
       <c r="F5" s="6">
         <v>0.3989</v>
       </c>
       <c r="G5" s="6">
         <v>-0.0419</v>
       </c>
       <c r="H5" s="6">
         <v>0.3201</v>
       </c>
       <c r="I5" s="6">
         <v>0.6242</v>
       </c>
       <c r="J5" s="6">
         <v>0.279</v>
       </c>
       <c r="K5" s="6">
-        <v>0.0</v>
+        <v>0.3406</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
         <v>45533</v>
       </c>
       <c r="B6" s="6">
         <v>0.0519</v>
       </c>
       <c r="C6" s="6">
         <v>0.0737</v>
       </c>
       <c r="D6" s="6">
         <v>0.2156</v>
       </c>
       <c r="E6" s="6">
         <v>0.2895</v>
       </c>
       <c r="F6" s="6">
         <v>0.261</v>
       </c>
       <c r="G6" s="6">
         <v>-0.2199</v>
       </c>
       <c r="H6" s="6">