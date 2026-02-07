--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1405,51 +1405,51 @@
       </c>
       <c r="L24" s="14">
         <v>3.66</v>
       </c>
       <c r="M24" s="14">
         <v>3.9</v>
       </c>
       <c r="N24" s="14">
         <v>4.99</v>
       </c>
       <c r="O24" s="14">
         <v>5.88</v>
       </c>
       <c r="P24" s="14">
         <v>4.8</v>
       </c>
       <c r="Q24" s="14">
         <v>4.53</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="14">
-        <v>0.0</v>
+        <v>1.67</v>
       </c>
       <c r="C25" s="14">
         <v>1.6</v>
       </c>
       <c r="D25" s="14">
         <v>1.39</v>
       </c>
       <c r="E25" s="14">
         <v>1.51</v>
       </c>
       <c r="F25" s="14">
         <v>1.37</v>
       </c>
       <c r="G25" s="14">
         <v>1.29</v>
       </c>
       <c r="H25" s="14">
         <v>1.22</v>
       </c>
       <c r="I25" s="14">
         <v>1.21</v>
       </c>
       <c r="J25" s="14">
         <v>1.48</v>
       </c>