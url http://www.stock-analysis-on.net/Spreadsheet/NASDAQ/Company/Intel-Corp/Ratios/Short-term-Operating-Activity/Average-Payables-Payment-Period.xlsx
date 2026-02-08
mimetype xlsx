--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -832,51 +832,51 @@
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>52.0</v>
       </c>
       <c r="C19" s="12">
         <v>55.0</v>
       </c>
       <c r="D19" s="12">
         <v>44.0</v>
       </c>
       <c r="E19" s="12">
         <v>74.0</v>
       </c>
       <c r="F19" s="12">
         <v>70.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="C20" s="12">
         <v>46.0</v>
       </c>
       <c r="D20" s="12">
         <v>45.0</v>
       </c>
       <c r="E20" s="12">
         <v>50.0</v>
       </c>
       <c r="F20" s="12">
         <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>0.0</v>