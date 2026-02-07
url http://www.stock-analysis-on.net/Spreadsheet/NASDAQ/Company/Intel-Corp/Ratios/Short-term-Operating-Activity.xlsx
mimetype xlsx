--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1363,51 +1363,51 @@
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>93.0</v>
       </c>
       <c r="C22" s="8">
         <v>104.0</v>
       </c>
       <c r="D22" s="8">
         <v>124.0</v>
       </c>
       <c r="E22" s="8">
         <v>84.0</v>
       </c>
       <c r="F22" s="8">
         <v>37.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="8">
-        <v>0.0</v>
+        <v>236.0</v>
       </c>
       <c r="C23" s="8">
         <v>246.0</v>
       </c>
       <c r="D23" s="8">
         <v>217.0</v>
       </c>
       <c r="E23" s="8">
         <v>146.0</v>
       </c>
       <c r="F23" s="8">
         <v>116.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="8">
         <v>0.0</v>
@@ -1754,51 +1754,51 @@
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="7">
         <v>3.02</v>
       </c>
       <c r="C20" s="7">
         <v>2.66</v>
       </c>
       <c r="D20" s="7">
         <v>2.47</v>
       </c>
       <c r="E20" s="7">
         <v>2.94</v>
       </c>
       <c r="F20" s="7">
         <v>4.42</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="C21" s="7">
         <v>1.45</v>
       </c>
       <c r="D21" s="7">
         <v>1.63</v>
       </c>
       <c r="E21" s="7">
         <v>2.27</v>
       </c>
       <c r="F21" s="7">
         <v>3.12</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
@@ -2145,51 +2145,51 @@
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="7">
         <v>15.51</v>
       </c>
       <c r="C20" s="7">
         <v>16.6</v>
       </c>
       <c r="D20" s="7">
         <v>18.63</v>
       </c>
       <c r="E20" s="7">
         <v>10.59</v>
       </c>
       <c r="F20" s="7">
         <v>15.16</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>9.0099999999999998</v>
       </c>
       <c r="C21" s="7">
         <v>9.1</v>
       </c>
       <c r="D21" s="7">
         <v>9.8</v>
       </c>
       <c r="E21" s="7">
         <v>10.57</v>
       </c>
       <c r="F21" s="7">
         <v>10.78</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
@@ -2536,51 +2536,51 @@
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="7">
         <v>7.07</v>
       </c>
       <c r="C20" s="7">
         <v>6.6</v>
       </c>
       <c r="D20" s="7">
         <v>8.3</v>
       </c>
       <c r="E20" s="7">
         <v>4.91</v>
       </c>
       <c r="F20" s="7">
         <v>5.19</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="C21" s="7">
         <v>7.98</v>
       </c>
       <c r="D21" s="7">
         <v>8.1</v>
       </c>
       <c r="E21" s="7">
         <v>7.35</v>
       </c>
       <c r="F21" s="7">
         <v>10.45</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
@@ -2967,51 +2967,51 @@
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="7">
         <v>2.67</v>
       </c>
       <c r="C23" s="7">
         <v>2.65</v>
       </c>
       <c r="D23" s="7">
         <v>2.79</v>
       </c>
       <c r="E23" s="7">
         <v>4.99</v>
       </c>
       <c r="F23" s="7">
         <v>4.13</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>1.67</v>
       </c>
       <c r="C24" s="7">
         <v>1.37</v>
       </c>
       <c r="D24" s="7">
         <v>1.48</v>
       </c>
       <c r="E24" s="7">
         <v>1.81</v>
       </c>
       <c r="F24" s="7">
         <v>1.65</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="7">
         <v>0.0</v>
@@ -3338,51 +3338,51 @@
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="8">
         <v>121.0</v>
       </c>
       <c r="C19" s="8">
         <v>137.0</v>
       </c>
       <c r="D19" s="8">
         <v>148.0</v>
       </c>
       <c r="E19" s="8">
         <v>124.0</v>
       </c>
       <c r="F19" s="8">
         <v>83.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="C20" s="8">
         <v>252.0</v>
       </c>
       <c r="D20" s="8">
         <v>225.0</v>
       </c>
       <c r="E20" s="8">
         <v>161.0</v>
       </c>
       <c r="F20" s="8">
         <v>117.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
@@ -3709,51 +3709,51 @@
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="8">
         <v>24.0</v>
       </c>
       <c r="C19" s="8">
         <v>22.0</v>
       </c>
       <c r="D19" s="8">
         <v>20.0</v>
       </c>
       <c r="E19" s="8">
         <v>34.0</v>
       </c>
       <c r="F19" s="8">
         <v>24.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="C20" s="8">
         <v>40.0</v>
       </c>
       <c r="D20" s="8">
         <v>37.0</v>
       </c>
       <c r="E20" s="8">
         <v>35.0</v>
       </c>
       <c r="F20" s="8">
         <v>34.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
@@ -4105,51 +4105,51 @@
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="8">
         <v>145.0</v>
       </c>
       <c r="C21" s="8">
         <v>159.0</v>
       </c>
       <c r="D21" s="8">
         <v>168.0</v>
       </c>
       <c r="E21" s="8">
         <v>158.0</v>
       </c>
       <c r="F21" s="8">
         <v>107.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="8">
-        <v>0.0</v>
+        <v>272.0</v>
       </c>
       <c r="C22" s="8">
         <v>292.0</v>
       </c>
       <c r="D22" s="8">
         <v>262.0</v>
       </c>
       <c r="E22" s="8">
         <v>196.0</v>
       </c>
       <c r="F22" s="8">
         <v>151.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="8">
         <v>0.0</v>
@@ -4476,51 +4476,51 @@
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="8">
         <v>52.0</v>
       </c>
       <c r="C19" s="8">
         <v>55.0</v>
       </c>
       <c r="D19" s="8">
         <v>44.0</v>
       </c>
       <c r="E19" s="8">
         <v>74.0</v>
       </c>
       <c r="F19" s="8">
         <v>70.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="C20" s="8">
         <v>46.0</v>
       </c>
       <c r="D20" s="8">
         <v>45.0</v>
       </c>
       <c r="E20" s="8">
         <v>50.0</v>
       </c>
       <c r="F20" s="8">
         <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>