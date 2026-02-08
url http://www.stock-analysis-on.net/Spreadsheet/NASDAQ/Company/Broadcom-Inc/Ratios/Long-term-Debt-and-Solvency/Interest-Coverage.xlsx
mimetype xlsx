--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -975,66 +975,66 @@
       </c>
       <c r="B23" s="13">
         <v>20.07</v>
       </c>
       <c r="C23" s="13">
         <v>15.83</v>
       </c>
       <c r="D23" s="13">
         <v>11.72</v>
       </c>
       <c r="E23" s="13">
         <v>31.61</v>
       </c>
       <c r="F23" s="13">
         <v>19.38</v>
       </c>
       <c r="G23" s="13">
         <v>10.5</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="13">
-        <v>0.0</v>
+        <v>11.52</v>
       </c>
       <c r="C24" s="13">
         <v>11.73</v>
       </c>
       <c r="D24" s="13">
         <v>22.010000000000002</v>
       </c>
       <c r="E24" s="13">
         <v>47.88</v>
       </c>
       <c r="F24" s="13">
         <v>49.47</v>
       </c>
       <c r="G24" s="13">
-        <v>32.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="13">
         <v>0.0</v>
       </c>
       <c r="C26" s="13">
         <v>9.45</v>
       </c>
       <c r="D26" s="13">
         <v>10.45</v>
       </c>
       <c r="E26" s="13">
         <v>21.2</v>
       </c>
       <c r="F26" s="13">
         <v>18.41</v>