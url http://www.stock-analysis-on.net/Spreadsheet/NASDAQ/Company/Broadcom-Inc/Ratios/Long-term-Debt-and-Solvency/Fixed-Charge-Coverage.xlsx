--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1219,66 +1219,66 @@
       </c>
       <c r="B33" s="16">
         <v>15.93</v>
       </c>
       <c r="C33" s="16">
         <v>12.73</v>
       </c>
       <c r="D33" s="16">
         <v>9.29</v>
       </c>
       <c r="E33" s="16">
         <v>22.52</v>
       </c>
       <c r="F33" s="16">
         <v>14.48</v>
       </c>
       <c r="G33" s="16">
         <v>8.3</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B34" s="16">
-        <v>0.0</v>
+        <v>9.85</v>
       </c>
       <c r="C34" s="16">
         <v>10.2</v>
       </c>
       <c r="D34" s="16">
         <v>18.41</v>
       </c>
       <c r="E34" s="16">
         <v>36.7</v>
       </c>
       <c r="F34" s="16">
         <v>36.25</v>
       </c>
       <c r="G34" s="16">
-        <v>24.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="28.8">
       <c r="A35" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B36" s="16">
         <v>0.0</v>
       </c>
       <c r="C36" s="16">
         <v>8.17</v>
       </c>
       <c r="D36" s="16">
         <v>8.34</v>
       </c>
       <c r="E36" s="16">
         <v>14.41</v>
       </c>
       <c r="F36" s="16">
         <v>12.75</v>