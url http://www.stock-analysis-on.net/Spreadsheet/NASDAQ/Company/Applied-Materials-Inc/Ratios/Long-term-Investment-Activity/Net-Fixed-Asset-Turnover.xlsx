--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -894,66 +894,66 @@
       </c>
       <c r="B20" s="12">
         <v>9.44</v>
       </c>
       <c r="C20" s="12">
         <v>8.35</v>
       </c>
       <c r="D20" s="12">
         <v>7.1</v>
       </c>
       <c r="E20" s="12">
         <v>8.55</v>
       </c>
       <c r="F20" s="12">
         <v>7.36</v>
       </c>
       <c r="G20" s="12">
         <v>6.34</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
-        <v>0.0</v>
+        <v>1.44</v>
       </c>
       <c r="C21" s="12">
         <v>1.38</v>
       </c>
       <c r="D21" s="12">
         <v>1.75</v>
       </c>
       <c r="E21" s="12">
         <v>2.91</v>
       </c>
       <c r="F21" s="12">
         <v>3.57</v>
       </c>
       <c r="G21" s="12">
-        <v>4.42</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="12">
         <v>0.0</v>
       </c>
       <c r="C23" s="12">
         <v>1.83</v>
       </c>
       <c r="D23" s="12">
         <v>1.66</v>
       </c>
       <c r="E23" s="12">
         <v>2.11</v>
       </c>
       <c r="F23" s="12">
         <v>2.31</v>