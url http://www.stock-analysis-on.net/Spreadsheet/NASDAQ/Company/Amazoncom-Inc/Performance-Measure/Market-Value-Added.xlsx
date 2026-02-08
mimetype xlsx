--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -634,63 +634,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>
@@ -860,63 +860,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
@@ -1066,63 +1066,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>