--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>Amazon.com Inc.</t>
   </si>
   <si>
     <t>Free cash flow to equity (FCFE) forecast</t>
   </si>
   <si>
     <t>US$ in millions, except per share data</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>FCFE(t) or TV(t)</t>
   </si>
   <si>
-    <t>Present value at 19.27%</t>
+    <t>Present value at 22.10%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Intrinsic value of Amazon.com Inc. common stock</t>
   </si>
@@ -977,63 +977,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="17"/>
       <c r="B6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="18">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="18">
         <v>45657</v>
       </c>
-      <c r="D6" s="18">
+      <c r="E6" s="18">
         <v>45291</v>
       </c>
-      <c r="E6" s="18">
+      <c r="F6" s="18">
         <v>44926</v>
       </c>
-      <c r="F6" s="18">
+      <c r="G6" s="18">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="6" t="e">
         <v>#N/A</v>