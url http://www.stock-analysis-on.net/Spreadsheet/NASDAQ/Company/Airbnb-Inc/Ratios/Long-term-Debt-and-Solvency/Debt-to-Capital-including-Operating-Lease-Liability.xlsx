--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -839,51 +839,51 @@
       </c>
       <c r="E18" s="15">
         <v>0.65</v>
       </c>
       <c r="F18" s="15">
         <v>0.72</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="15">
         <v>0.55</v>
       </c>
       <c r="C19" s="15">
         <v>0.57</v>
       </c>
       <c r="D19" s="15">
         <v>0.61</v>
       </c>
       <c r="E19" s="15">
         <v>0.61</v>
       </c>
       <c r="F19" s="15">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="15">
         <v>0.06</v>
       </c>
       <c r="C20" s="15">
         <v>0.07</v>
       </c>
       <c r="D20" s="15">
         <v>0.07</v>
       </c>
       <c r="E20" s="15">
         <v>0.08</v>
       </c>
       <c r="F20" s="15">
         <v>0.12</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>18</v>