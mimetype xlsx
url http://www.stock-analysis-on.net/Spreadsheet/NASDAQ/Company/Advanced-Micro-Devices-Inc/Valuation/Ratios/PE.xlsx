--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -904,51 +904,51 @@
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="9">
         <v>34.74</v>
       </c>
       <c r="C22" s="9">
         <v>18.95</v>
       </c>
       <c r="D22" s="9">
         <v>17.07</v>
       </c>
       <c r="E22" s="9">
         <v>9.75</v>
       </c>
       <c r="F22" s="9">
         <v>17.15</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
-        <v>0.0</v>
+        <v>40.19</v>
       </c>
       <c r="C23" s="9">
         <v>34.72</v>
       </c>
       <c r="D23" s="9">
         <v>22.24</v>
       </c>
       <c r="E23" s="9">
         <v>18.88</v>
       </c>
       <c r="F23" s="9">
         <v>20.38</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="9">
         <v>0.0</v>